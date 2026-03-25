--- v0 (2025-10-10)
+++ v1 (2026-03-25)
@@ -269,4283 +269,3751 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253868", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253868", "MANIPULADOR TELESCÓPICO MANITOU 1841.  ANO 2020.  HORIMETRO APROX. 4.797 H.  LANÇA 17 M.  CAP 4 TON")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>250.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253867", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253867", "MANIPULADOR TELESCÓPICO MANITOU 1841.  ANO 2017.  HORIMETRO APROX. 5.698 H.  LANÇA 17 M.  CAP. 4 TON")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>250.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253796", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253796", " APROX. 12 ROLOS DE MANTA ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253869", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253869", "Torno Mecânico Imor. Oficina 650. Funcionando.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254223", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254223", "02 ESTUFAS")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254235", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254235", "DOBRADEIRA DE CHAPA MANUAL. 2000X 2,5mm")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253870", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253870", "APROX. 31 REFLETORES DIVERSOS")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253873", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253873", " Aprox. 12  Impressoras HP Officejet 7110")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253871", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253871", " RECEPTORES DE ANTENA PARABÓLICA")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253872", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253872", " CONDULETES DIVERSOS")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253874", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253874", " CABINE DE AUDIOMETRIA")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253997", "026")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253997", " PERFILADEIRA LOCKFORMER")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3.150,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253996", "027")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253996", " PERFILADEIRA LOCKFORMER")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253831", "101")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253831", "MANILHAS DIVERSAS")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253754", "102")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253754", " ITENS DE INFORMÁTICA DIVERSOS. VEJA ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253771", "103")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253771", " IMPRESSORAS, TECLADOS, SENSORES DIVERSOS")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253830", "104")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253830", " MONITORES DIVERSOS. VEJA ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253847", "105")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253847", " ESTABILIZADORES, NOBREAKS")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253766", "106")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253766", " CPUS S/ HD DIVERSOS")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.850,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253806", "107")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253806", " VENTILADORES DIVERSOS")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253808", "108")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253808", " MOTOBOMBAS E MOTORES DIVERSOS")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>2.850,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253792", "109")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253792", " BOMBAS DIVERSAS")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253784", "110")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253784", " BOMBAS DIVERSAS")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253776", "111")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253776", " APROX. 25 MARRETAS 10KG e APROX. 25 MARTELO BORRACHA")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253802", "112")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253802", " APROX. 104 MARRETAS 5KG")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253741", "113")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253741", " APROX. 166 MARTELOS PENA 500G; APROX. 30 MARTELOS PENA 200G")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253848", "114")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253848", " APROX. 88 MARTELOS BOLA 200G; APROX. 264 MARTELOS BOLA 500G")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253854", "115")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253854", " APROX. 75 MARTELOS CARPINTEIRO 500G; APROX. 103 MARTELOS CARPINTEIRO 200G")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253753", "116")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253753", " APROX. 38 MARRETA DE CHUMBO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253820", "117")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253820", " APROX. 590 TRENAS")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253839", "118")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253839", " CPUS SMS, TECLADOS, TELEFONES. VEJA ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253801", "119")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253801", " TONERS, NOBREAKS NETAPP FAS2020")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253779", "120")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253779", " IMPRESSORAS, MONITORES, CABOS DE REDE")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253775", "121")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253775", " CABOS, NOTEBOOKS, CÂMERA, ESTABILIZADORES")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253815", "122")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253815", " APROX. 51 NOTEBOOKS DIVERSOS")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253838", "123")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253838", " 15 CAMAS DE SOLTEIRO, 1 VENTILADOR DE TETO, 4 SOFÁS DE 2 LUGARES, 2 GUARDA-ROUPAS 2 PORTAS, 1 RACK, 2 MESAS PLÁSTICAS")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253740", "124")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253740", " BARÔMETROS, MÁQ. FOTOGRÁFICAS, MONITORES, TERMÔMETROS. VEJA ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>425,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253756", "125")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253756", " ALICATES, MULTÍMETROS E TERMÔMETRO. VEJA ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253811", "126")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253811", " TRENAS DIVERSAS. VEJA ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253767", "127")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253767", " DETECTOR DE GASES E MONITORES. VEJA ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253866", "128")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253866", " MULTÍMETROS DIVERSOS. VEJA ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253844", "129")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253844", " BAFÔMETRO, MEGÔMETROS, TERRÔMETRO E MICROHMIMETRO. VEJA ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253764", "130")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253764", " 2 TORQUÍMETROS GEDORE")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>2.550,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253849", "131")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253849", " TORQUEADEIRA HIDRÁULICA JUWEL")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>118</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>6.625,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253855", "132")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253855", " APROX. 55 MÁSCARAS DE SOLDA")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253846", "133")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253846", " MÁQUINA DE SOLDA BAMBOZZI TRR 2600, ANO: 1989")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253853", "134")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253853", " MÁQUINA DE SOLDA BAMBOZZI TRR 2600, ANO: 1989")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253789", "135")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253789", " MÁQUINA DE SOLDA BAMBOZZI TRR 2600, ANO: 1989")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253749", "136")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253749", " APROX. 705 MARTELOS BOLA")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1.350,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253812", "137")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253812", " APROX. 550 MARTELOS BOLA")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253825", "138")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253825", " APROX. 52 MARRETAS 1KG; APROX. 120 MARRETAS 3KG; APROX. 236 MARRETAS 2KG")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.850,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253742", "139")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253742", " APROX. 33 MICROCOMPUTADORES, 11 MONITORES, 17 TECLADOS E 7 ESTABILIZADORES")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253793", "140")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253793", " TABALARTES Y DUPLO DIVERSOS")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253841", "141")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253841", " APROX. 25 BOTAS, 130 MÁSCARAS SEMII-FACIAL, 2 BALACLAVA C/ VISOR E MACACÃO (RISCO 4), 5 CALÇA DE RASPA, 7 CAPACETES, 6 MÁSCARAS DE SOLDA VICSA C/ ACENDIMENTO AUTOMÁTICO ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253738", "142")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253738", " MOTORES ELÉTRICOS DIVERSOS")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253800", "143")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253800", " FILTRO DE ÁGUA LOGOS LR 6C")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253762", "144")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253762", " RETÍFICAS, ESMERILHADEIRAS E SOPRADORES DIVERSOS")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253786", "145")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253786", " 8 FURADEIRAS BASE MAGNÉTICA, 1 FURADEIRA ANULAR")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253739", "146")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253739", " MALETAS PLÁSTICAS P/ FERRAMENTAS ELÉTRICAS MANUAIS")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253845", "147")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253845", " ESTUFAS PORTÁTEIS")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253857", "148")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253857", " EXTINTORES DIVERSOS")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253836", "149")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253836", " 3 BOTIJÕES 45 KG E 1 BOTIJÃO 5KG")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253748", "150")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253748", " 4 CARRINHOS-PLATAFORMA")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253865", "151")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253865", " APROX. 25 PNEUS DIVERSOS")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253827", "152")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253827", " APROX. 26 RACKS DE INFORMÁTICA (SEM ITENS)")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253745", "153")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253745", " ELETRODOS DE GRAFITE DIVERSOS")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253773", "154")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253773", " 3 LUMINÁRIAS DE EMERGÊNCIA, 20 LUMINÁRIAS P/ LÂMPADA FLUORESCENTE")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>175,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253807", "156")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253807", " DISPENSERS DE SABONETE (SEM USO) E TOALHEIROS DIVERSOS")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>125,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253803", "157")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253803", " APROX. 470M DE MANGUEIRAS DE SOLDA")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253810", "158")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253810", " 2 ESTUFAS")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253795", "159")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253795", " 2 ESTUFAS")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253781", "160")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253781", " 2 ESTUFAS")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253856", "161")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253856", " 2 ESTUFAS")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253804", "162")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253804", " 2 ESTUFAS")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253765", "163")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253765", " 2 ESTUFAS")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253840", "164")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253840", " 2 ESTUFAS")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253785", "165")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253785", " 2 ESTUFAS")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253759", "166")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253759", " 2 ESTUFAS")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253798", "167")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253798", " 2 ESTUFAS")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253859", "168")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253859", " 2 ESTUFAS")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253861", "169")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253861", " 2 ESTUFAS")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253819", "170")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253819", " 2 ESTUFAS")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253814", "171")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253814", " 2 ESTUFAS")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253750", "172")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253750", " 2 ESTUFAS")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253817", "173")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253817", " 2 ESTUFAS")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253805", "174")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253805", " 2 ESTUFAS")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253860", "175")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253860", " 2 ESTUFAS")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253858", "176")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253858", " 2 ESTUFAS")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253760", "177")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253760", " 2 ESTUFAS")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253763", "178")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253763", " 2 ESTUFAS")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253834", "179")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253834", " 2 ESTUFAS")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253864", "180")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253864", " CONSUMÍVEIS DE SOLDA DIVERSOS")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253862", "181")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253862", " MATERIAS ELÉTRICOS DIVERSOS")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253813", "182")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253813", " APROX. 144 TOCHAS SECA TIG E 1 TOCHA MIG")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253863", "183")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253863", " APROX. 45 CADEIRAS GIRATÓRIAS S/ BRAÇO; APROX. 23 CADEIRAS GIRATÓRIAS C/ BRAÇO")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253818", "184")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253818", " APROX. 9 CADEIRAS FIXAS C/ BRAÇO; APROX. 45 CADEIRAS FIXAS S/ BRAÇO; APROX. 35 CADEIRAS TIPO UNIVERSITÁRIA")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253774", "185")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253774", " APROX. 44 ARMÁRIOS VESTIÁRIO 4 VÃOS, 13 BANCOS DE MADEIRA E 1 ARMÁRIO DE MADEIRA 5 VÃOS")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253843", "186")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253843", " BETONEIRA C/ MOTOR ELÉTRICO 2 CV")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253851", "189")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253851", " 10 ESMERILHADEIRAS 5" E 50 ESMERILHADEIRA 7" BOSCH")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>4.050,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253842", "190")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253842", " 10 SOPRADORES, 2 SERRAS CIRCULAR E 30 RETÍFICAS")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>1.650,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253772", "191")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253772", "APROX. 20 ESMERILHADEIRAS 4 1/2" E APROX. 30 ESMERILHADEIRA 7" HILTI")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>3.300,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253744", "192")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253744", "APROX. 100 ESMERILHADEIRA 7" BOSCH")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>5.400,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253790", "193")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253790", "APROX. 100 ESMERILHADEIRA 7" BOSCH")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>5.700,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253791", "194")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253791", " APROX. 24 REFRIGERADOS DIVERSOS E 1 MICROONDAS ELECTROLUX")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>4.850,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253769", "195")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253769", " 8 BEBEDOUROS INOX 200L E 1 BEBEDOURO INOX 100L")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253797", "196")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253797", " 4 BEBEDOUROS INOX 200L E 6 BEBEDOURO INOX 100L")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253833", "197")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253833", " 4 BEBEDOUROS TIPO GARRAFÃO, 1 PURIFICADOR E 2 CAFETEIRAS INOX")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253761", "198")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253761", " 12 ARMÁRIOS EM MADEIRA 2 PORTAS, 2 ARMÁRIOS METÁLICO P/ AMBULATÓRIO E 1 ARMÁRIO DE COZINHA EM MADEIRA")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253852", "199")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253852", " 2 CAIXAS D'ÁGUA 1000L E 1 CAIXA D'ÁGUA 750L TIGRE")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253821", "200")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253821", " SERROTES, MARTELOS, COLHERES DE PEDREIRO, CALCULADORAS DIVERSAS")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253816", "201")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253816", " ALINHADOR À LASER SKF TKSA 20")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253770", "202")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253770", " ALINHADOR À LASER SKF TKSA 20")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253757", "203")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253757", " APROX. 74 MANÔMETROS ANALÓGICOS, 1 MANÔMETRO DIGITAL E 1 TERMÔMETRO C/ HASTE")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253829", "204")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253829", " 1 TERMOHIGRÔMETRO, 5 TERMÔMETROS DIGITAL, 13 CONTROLES DIGITAL, 2 FONTES DE INSTRUMENTAÇÃO")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253755", "206")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253755", " APROX. 33 MULTÍMETROS MINIPA, 02 ANEMÔMETROS, 01 LUXÍMETRO, 02 AUTOTRAFO UPSAI, 05 BATERIAS, 01 CALIBRADOR DE GÁS")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253778", "207")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253778", " 6 GABARITO DE SOLDA HI-LOW, 1 CÁLIBRE SOLDA, 1 PAQUÍMETRO, 1 NÍVEL DIGITAL, 2 NÍVEIS ANALÓGICOS, 7 TRENAS, 1 ENCADERNADORA, 1 TERMÔMETRO DIGITAL C/ SONDA, 1 ETIQUETADORA HELLERMAN, 1 RELÓGIO COMPARADOR, 1 CALIBRADOR DE FOLGA, 1 PENTE DE ROSCA")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253747", "208")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253747", " APROX. 31 PATESCAS DIVERSAS E 3 TIFOR")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253768", "209")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253768", " REBOLOS DE LIXA, LIXAS CINTA, LIXAS DE PINTOR, DISCOS DE BORRACHA, SUPORTE P/ ROLO E PEDRAS ABRASIVAS")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>1.350,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253828", "212")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253828", " 9 AR CONDICIONADOS DE JANELA, 20 AR CONDICIONADOS SPLIT 9000 BTU, 44 AR CONDICIONADOS BASCULANTE DIVERSOS, 1 CORTINA DE AR 1,5M E SUPORTES P/ AR")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>67</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>7.600,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253824", "213")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253824", " APROX. 78 EXAUSTORES DIVERSOS")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253743", "214")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253743", " 5 AR CONDICIONADOS DE JANELA E 4 CORTINAS DE AR")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253752", "215")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253752", " APROX. 63 VÁLVULAS DE REDUÇÃO (ARGÔNIO), 1 VÁLVULA DE REDUÇÃO (OXIGÊNIO) E 1 VÁLVULA PORTA-CHAMA")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253809", "216")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253809", " 6 TVS LCD DIVERSAS, 6 CAIXAS DE SOM DIVERSAS E 1 MIXER")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>2.550,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253751", "217")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253751", " APROX. 440 BANDEJAS REFEITÓRIO INOX E 270 BANDEJAS REFEITÓRIO PLÁSTICAS")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253837", "218")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253837", " 13 TIFOR DIVERSOS")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253783", "219")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253783", " 1 ARMÁRIO-ESTUFA (ADAPTADO) E 1 ESTUFA DE MANUTENÇÃO")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="E136" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...85 lines deleted...]
-      <c r="D18" s="4" t="inlineStr">
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253822", "220")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253822", " 2 FURADEIRAS DE COLUNA KONE KM25 E FURADEIRA DE COLUNA YADOYA FY-S-32")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>7.100,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253787", "221")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253787", " 2 COMPRESSORES DE AR SCHULZ 140 LBS C/ 1 MOTOR ELÉTRICO 5CV E 1 COMPRESSOR DE AR KALA 9 BAR, 1,5HP, 20L")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253758", "223")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253758", " 3 ASPIRADORES DE PÓ NJ 300")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A19" s="5" t="inlineStr">
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253799", "225")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253799", " COMPRESSOR DE AR MOTOMIL 10KGF/CM², 100L, C/ MOTOR ELÉTRICO 2 CV")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
-      <c r="B19" s="4" t="inlineStr">
-[...457 lines deleted...]
-      <c r="D33" s="4" t="inlineStr">
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253780", "226")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253780", " 1 ROSQUEADEIRA MERAX 1/2" À 4" E 1 ROSQUEADEIRA RIDGID 1/2" À 2"")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253794", "228")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253794", " 5 AR CONDICIONADOS 9000 BTU; 5 AR CONDICIONADOS 48000 BTU; 1 AR CONDICIONADO 36000 BTU E 2 AR CONDICIONADOS 18000 BTU")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
-      <c r="E33" s="5" t="inlineStr">
-[...1023 lines deleted...]
-      <c r="E65" s="5" t="inlineStr">
+      <c r="E142" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
-      <c r="F65" s="4" t="inlineStr">
-[...2462 lines deleted...]
-      </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253832", "229")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253832", " APROX. 50 RELÓGIOS PONTO HENRY ORION 6")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>