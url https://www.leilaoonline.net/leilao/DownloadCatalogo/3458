--- v0 (2025-12-20)
+++ v1 (2026-03-25)
@@ -269,763 +269,671 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253638", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253638", " EMPILHADEIRA À GÁS, LINDE; MOD.: GP25; CAPAC.: 2,5 T; ANO: 1995; TORRE: 6,0M TRIPLEX; ACESSÓRIO: DESLOCADOR; OPERACIONAL NO ESTADO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253635", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253635", " EMPILHADEIRA À GÁS; MILAN; MOD.: MC-10; CAPAC.: 10 T; ANO: 1986; TORRE: 4,20M; TRANSM.: ALLISSON; ACESS: DESLOC. E POSIC. GARFOS; GARFOS 2400 MM; FREIOS A DISCO; MOTOR GM; OPERACIONAL NO ESTADO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253636", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253636", " EMPILHADEIRA ELÉTRICA AMEISE; MOD. ETV 2000; CAPAC. 2T; ANO: 2001; TORRE: 7,3M; SEM BATERIA; SEM CARREGADOR NO ESTADO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253634", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253634", " EMPILHADEIRA ELÉTRICA AMEISE; MOD.: ETV 2000; CAPAC. 2T; ANO: 2001; TORRE: 7,3M; SEM BATERIA; SEM CARREGADOR NO ESTADO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253637", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253637", " EMPILHADEIRA ELÉTRICA TOYOTA; MOD.: FBRE-18; CAPAC.: 1800KG; ANO: 1987; TORRE: 6M TRIPLEX; COM BATERIA E CARREGADOR; OPERACIONAL NO ESTADO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253633", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253633", " EMPILHADEIRA ELÉTRICA LIFTO; MOD.: 4FB25; CAPAC.: 2,5T; ANO: 1986; TORRE: 4,3M TRIPLEX; BATERIA SUCATA; SEM CARREGADOR; MÁQUINA COMPLETA NO ESTADO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253639", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253639", " EMPILHADEIRA ELÉTRICA AMEISE; MOD. ETV20; CAPAC.: 2,0T; TORRE: 7,3 M; DIREÇÃO HIDRÁULICA; ACESSÓRIO: DESLOCADOR; SEM BATERIA E SEM CARREGADOR NO ESTADO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253641", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253641", " EMPILHADEIRA ELÉTRICA STILL; MOD.: ETV FM 17; CAPAC.: 1,7T; ANO: 2002; TORRE: 7,3M TRIPLEX; ACESSÓRIO: DESLOCADOR; SEM BATERIA E SEM CARREGADOR NO ESTADO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253640", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253640", " EMPILHADEIRA ELÉTRICA STILL; MOD. ETV FM 20; CAPAC.: 2,0T; ANO: 2002; TORRE: 7,3M TRIPLEX; SEM BATERIA E SEM CARREGADOR; MÁQUINA COMPLETA NO ESTADO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253643", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253643", " EMPILHADEIRA ELÉTRICA YALE; MOD.: EC 015; CAPAC.: 1380KG; ANO: 1995; TORRE: 3,6M TRIPLEX; ACESSÓRIO: DESLOCADOR; BATERIA RUIM E SEM CARREGADOR; OPERACIONAL NO ESTADO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253642", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253642", " TORRE TRIPLEX AMEISE 7,3M NO ESTADO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253647", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253647", " TORRE TRIPLEX STILL 7,3M NO ESTADO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253644", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253644", " TORRE TRIPLEX STILL 7,3M NO ESTADO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253645", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253645", " EMPILHADEIRA ELÉTRICA TOYOTA; MODELO: FBRE 18; CAPACIDADE: 1800KG; TORRE: 6,5M TRIPLEX NO ESTADO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253646", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253646", " EIXO DIRECIONAL CLARK MODERNO NO ESTADO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253649", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253649", " EMPILHADEIRA ELÉTRICA AMEISE; MODELO: EJC15; ANO: 1980; SEM BATERIA E SEM CARREGADOR NO ESTADO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253648", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253648", " EMPILHADEIRA ELÉTRICA AMEISE; MODELO: EJC15; FALTANDO ALGUNS ITENS NO ESTADO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253650", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253650", " EMPILHADEIRA ELÉTRICA AMEISE; MODELO: EJC15; FALTANDO ALGUNS ITENS NO ESTADO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253652", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253652", " EMPILHADEIRA ELÉTRICA AMEISE; MODELO: EJC15; ANO: 1980; SEM BATERIA E SEM CARREGADOR NO ESTADO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253651", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253651", " EMPILHADEIRA ELÉTRICA AMEISE; MODELO: ETV20; CAPACIDADE: 2T; TORRE: 6,0M TRIPLEX; SEM BATERIA E SEM CARREGADOR NO ESTADO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253653", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253653", " Empilhadeira Hyster  mod: H155xl2  capacidade: 7 t  torre: duplex 7m   ano 1999 motor GM vortec, GLP.   NO ESTADO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>44.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...64 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254062", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254062", "Torno revolver, com problema na correia de transmissão. NO ESTADO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...589 lines deleted...]
-      </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254063", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254063", "Prensa 100 toneladas com vazamento no pistão NO ESTADO.")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>