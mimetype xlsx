--- v0 (2025-12-20)
+++ v1 (2026-03-25)
@@ -269,347 +269,307 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253661", "035")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253661", "CHEVROLET S10 ADV FD2; MOD 2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>47.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253657", "040")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253657", "CHEVROLET SPIN LS; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253662", "045")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253662", "SMART FORTWO COUPE 62; 2010/2010; COR FANTASIA; GASOLINA - FUNCIONADO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253658", "050")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253658", "veja o vídeo!! I NISSAN FRONTIER S MTX4 4X4; MOD 2021; BRANCA; DIESEL - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>97.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253660", "055")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253660", "GOL 1.6; 2009/2010; COR BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253664", "060")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253664", "AMBULÂNCIA I/M. BENZ 415 ALLTECH AMB; 2018/2019; BRANCA; DIESEL - NÃO FUNCIONA - IPVA 2024 OK")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253663", "065")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253663", "FORD/DEL REY; 1983/1984; MARROM; ALCOOL - NÃO FUNCIONA")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253666", "070")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253666", "veja o vídeo!! FIAT/DUCATO MAXI; 2001/2002; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...25 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253665", "075")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253665", "AMBULÂNCIA I/M. BENZ REVESCAP AMB SR; 2018/2019; BRANCA; DIESEL - NÃO FUNCIONA")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...158 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253659", "080")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253659", "TOYOTA HILUX SW4 SRV 4X4; 2008/2009; COR PRETA; DIESEL - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>76.250,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>