--- v0 (2025-12-21)
+++ v1 (2026-03-25)
@@ -269,1019 +269,895 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253708", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253708", " Compres. Ar c/ Motor Gas. 5,5hp (130lt)")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253706", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253706", " Roçadeira eletrica 127v ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253707", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253707", " Carrinho Suport. MAÇARICO ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253712", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253712", " Lote com: FILTROS DE CAMINHÃO - 01 FILTRO APU SCANIA / 01 FILTRO RACOR MB AXOR / 02 FILTROS DE ÓLEO SCANIA / 01 FILTRO DIESEL VOLVO / 01 FILTRO RACOR VOLVO / 03 FILTROS RETARDER SCANIA / 01 FILTRO AR VOLVO - SEM USO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253710", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253710", " Lote com: 02 unid. Borrachas BATENTE "Boca de lobo" carretas RODOFORT/FACCHINI - SEM USO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253709", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253709", " lote com: 01 Mangote curto RETARDER SCANIA NTG / 01 mang. Água SCANIA / 06 flexíveis macho 16mm / 09 Paraf. Roda diant. SCANIA- SEM USO   04 porcas sem uso e 06 porcas usadas.")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253711", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253711", " Lote com: 04 cx disco de tacóg. 24h   05 cx disco de tacóg. 7 dias - SEM USO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253719", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253719", " Lote com: 15 unid. Grampos molejo carreta RODOFORT/FACCHINI - SEM USO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253724", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253724", " Lote com: 05 unid. Buchas estirantes carreta RODOFORT/FACCHINI - SEM USO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253715", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253715", " Lote com: 04 unid. Guias dos Grampos molejo carreta RODOFORT/FACCHINI - SEM USO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253718", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253718", " Lote com: 05 unid. Pinos de balança carreta RODOFORT/FACCHINI - SEM USO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253721", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253721", " Lote com: 02 unid. Balanças asa delta 50mm carreta RODOFORT/FACCHINI - SEM USO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253723", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253723", " Lote com Aprox. 138 roletes patim freio diversas medidas (32,35 e 38mm)")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253714", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253714", " Lote com: 02 tampas de cubo de carreta (04F e 06F)   03 Parafus. Rodas   07 Juntas tampa de cubo   26 arruelas encosto   11 trava aranha cubo RODOFORT/FACCHINI - SEM USO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253717", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253717", " Eixo "S" L. Esquerdo carreta RODOFORT/FACCHINI - SEM USO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253720", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253720", "  Lote com: 28 Molas pequenas Patim freio   8 Molas Grandes - SEM USO ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253716", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253716", " Lote com: 05 retentores de roda   04 rolam. Roda  carreta RODOFORT/FACCHINI - SEM USO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253726", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253726", "  JOGO DE LONAS DIANT. CAVALO MEC. VOLVO - SEM USO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253713", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253713", " Lote com: 02 pinos rei carreta CANAV. 3.1/2 " 8furos")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253727", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253727", " Lote com: 1/2 balde graxa Shell (chassis)   Aprox. 25 lts óleo 85w140 Shell (Cambio/Dif.) - SEM USO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253722", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253722", " Lote com: 07 correias diversas   05 chicotes eletricos de carreta   Mang. Tecalon diversas   06 cuicas de freio usadas   cx de molas de patim de freio divers.   Valvulas de carretas usad.")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253725", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253725", " Lote com: 20 patim de freio carreta 4516 ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253728", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253728", " lote com: 01 cremalheira "rala" carreta 1,2m furação interna   02 quinta rodas usadas (canavieira) - carcaças p/ troca")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253730", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253730", " Lote com: calços de madeira   Aprox. 03 marretas   15 ferros e espatulas   04 cones   01 tambor de 200l   01 bancada lavar peças")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253729", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253729", " Lote com: aprox. 12 pneus usados 295/80r22,5")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253733", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253733", " Jogo de boca completo 3/4 - 22 à 50mm")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253735", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253735", " Mangueira e caneta de maçarico")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253734", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253734", " Lote com: 02 engates reboq. Diant. VOLVO ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253732", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253732", " Lote com: 05 PEITO DE POMBO   01 Suporte BOCA DE LOBO CARRETA RODOFORT/FACCHINI - SEM USO")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253731", "031")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253731", " Lote com: 01 tensor de correio MB Axor   01 Retentor de roda Tras. VOLVO   01 Mang. Intercooler MB Axor   01 Abraç. Turb. MB Axor   01 Catraca freio Tras. MB Axor   Cremalh. s/ especif.   01 retentor diferencial MB Axor - SEM USO")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253736", "032")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253736", " Lote com: parafusos, correntes, ganchos, desingripantes, limpas contatos e spray de tintas (Qtd não especificada)")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>