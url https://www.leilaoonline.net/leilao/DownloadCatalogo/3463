--- v0 (2025-12-20)
+++ v1 (2026-03-25)
@@ -269,1019 +269,895 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254025", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254025", "VARREDEIRA DE PISO  TRIPULADA  INDUSTRIAL TENNANT MOD. 385 - GASOLINA ORIGINAL / FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254004", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254004", " 10 UNDADES PISTÕES - COMPRIMENTO APROX. 1.500MM X APROX. 5 POLEGADAS DIAMETRO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253999", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253999", " TRATAMENTO DE ÁGUA ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254009", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254009", " GARRA FLORESTAL")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254002", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254002", " ESTEIRA  MEDINDO 1.5 M DE COMPRIMENTO E 0,40 M DE LARGURA")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254005", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254005", " ELEVADOR DE CARGA  - CAPACIDADE 800 KGS")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253998", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/253998", " ELEVADOR DE CARGA  - CAPACIDADE 800 KGS")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254008", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254008", " MISTURADOR DE TINTA")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254028", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254028", "APROX. 300 METROS DE TRILHO TR25 / BARRAS DE 12 METROS ( aprox. 7,5 ton)")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254007", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254007", " MOTOR DIESEL JOHN DEERE")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254006", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254006", " MAQUINA DE CORTAR TIRAS DE BORRACHA")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254000", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254000", " TANQUE DE AÇO CARBONO CAPAC. 10.000 LITROS")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254001", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254001", " TANQUE DE AÇO CARBONO CAPAC. 5.000 LITROS")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254003", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254003", " EQUIPAMENTO PARA MISTURAR")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254026", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254026", "GERADOR MOTOR FORD ALTERNADOR WEG 100KVA - VOLTAGEM 220 VOLTS ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254013", "020")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254013", " 02 UN. TÚNEL DE ENCOLHIMENTO SLIVIS / VOLTAGEM 220")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254011", "021")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254011", " COMPRESSOR BOOSTER TENSÃO 380/600")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254012", "022")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254012", " FORNO PARA TÊMPERA 1.000 GRAUS - MEDINDO LARGURA 500MM X COMPRIMENTO 1.000MM")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254015", "023")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254015", " MÁQUINA AUTOMATICA PARA CONTAR PINTINHOS / CONTAGEM 25.000/HORA")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254010", "024")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254010", " ALTERNADOR WEG MOD. GPA 500 1.250KVA/10.500V/6 POLOS")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254014", "025")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254014", " ALTERNADOR WEG MOD. GPA 500 1.250KVA/10.500V/6 POLOS")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254016", "026")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254016", "03 UN. BOMBAS PARA ABASTECIMENTO DE ÓLEO DIESEL ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254017", "028")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254017", "TANQUE PP 1.600 LITROS")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254022", "029")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254022", " 13 unidades - Caçamba para remover Cavaco/ estamparia e outros com rodizio")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254018", "030")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254018", " Carro Hidraulico Paleteira Pontografica manual 1 tn ")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254020", "031")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254020", " 20 unidades Gaveteiro com rodizio")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254023", "032")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254023", " Aprox. 1300 kilos lote de franges e filtros ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254019", "033")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254019", " 10 unidades armários para vestiário ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254021", "034")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254021", " Aprox. 8 ton. vigas de 8 e 10 polegadas ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254027", "035")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254027", " 10 unidades carrinho para transporte de peça e ferramentas ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254024", "036")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254024", " 30 unidades cadeiras giratórias para escritório ")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>