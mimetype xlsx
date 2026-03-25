--- v0 (2025-12-20)
+++ v1 (2026-03-25)
@@ -269,507 +269,447 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254252", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254252", " ESCAVADEIRA HIDRÁULICA CATERPILLAR MOD. 336DL ANO 2011 ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>300.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254271", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254271", " PRANCHA FIXA MIRASSOL ANO 2015 COM REDUTOR")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254257", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254257", " EMPILHADEIRA HYSTER ANO 2020 – CAPAC. 4,5 TON – GLP")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...20 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254258", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254258", " MINIESCAVADEIRA BOBCAT MOD. E26 ANO 2012")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>130.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254261", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254261", " ESCAVADEIRA KOMATSU MOD. PC160 ANO 2008")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>190.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254259", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254259", " ESCAVADEIRA HIDRÁULICA CATERPILLAR MOD. 315DL ANO 2011 ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>190.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254269", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254269", " EMPILHADEIRA HANGCHA ANO 2018 – CAPAC. 3TON. -DIESEL")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254268", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254268", " PÁ CARREGADEIRA NEW HOLLAND MOD. W130 ANO 2016")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>280.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254255", "014")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254255", " PÁ CARREGADEIRA CATERPILLAR MOD. 938K ANO 2016")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>350.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254264", "015")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254264", " PÁ CARREGADEIRA CATERPILLAR MOD. 924K ANO 2020")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>350.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254253", "016")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254253", " PÁ CARREGADEIRA KOMATSU MOD. WA320 ANO 2020")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>350.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254266", "017")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254266", " PÁ CARREGADEIRA KOMATSU MOD. WA320 ANO 2020")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>350.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254262", "018")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254262", " ESCAVADEIRA  KOMATSU MOD. PC200 ANO 2014")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>160.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254263", "019")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254263", "[ VÍDEO ] PÁ CARREGADEIRA NEW HOLLAND MOD. W130 ANO 2012")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...350 lines deleted...]
-      </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254260", "020")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/254260", " PÁ CARREGADEIRA NEW HOLLAND MOD. W130 ANO 2012")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>