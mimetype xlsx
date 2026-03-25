--- v0 (2025-10-13)
+++ v1 (2026-03-25)
@@ -269,2747 +269,2407 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255078", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255078", "PAINEL; MEDIDAS: 2M DE ALTURA X 3.95M DE COMPRIMENTO X 31CM DE PROFUNDIDADE")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255079", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255079", "MOTOR PARCIAL ETIOS - COM NUMERAÇÃO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255080", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255080", "COMPRESSOR SCHULZ (FOTOS COM AS DEMAIS INFORMAÇÕES)")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255081", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255081", "BLOCO DE MOTOR DUCATO DIESEL - COM NUMERAÇÃO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255075", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255075", "LOTE COM 21 UNIDADES DE ESTRUTURAS EM AÇO INÓX (NÃO PEGA IMÃ); COM 6 E 4,5 METROS (APROX. 950KG)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255074", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255074", "LOTE COM 20 UNIDADES DE ESTRUTURAS EM AÇO INÓX (NÃO PEGA IMÃ); COM 6 E 4,5 METROS (APROX. 900KG)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255083", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255083", "BANCOS DE HONDA CITY")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255084", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255084", "PORTA DE VIDRO; MEDIDAS: 3,55M X 2.20M")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255076", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255076", "EMPILHADEIRA ELÉTRICA AMEISE ETV 20 2000 KG TRIPLEX 7,30M - FUNCIONANDO ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255071", "014")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255071", "EMPILHADEIRA ELÉTRICA PANTOGRÁFICA YALE NDR35 ANO: 2010, 1.600 KG")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255072", "020")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255072", "PRENSA EXCENTRICA 25 TON")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255073", "021")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255073", "PRENSA SORVETEIRA PNEUMÁTICA PARA FIXAÇÃO DE SOLA DE CALÇADO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255077", "022")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255077", "PRENSA EXCÊNTRICA 8 TON BARBAN &amp; VINCENTINI")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255085", "027")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255085", "COMPRESSOR ATLAS COPCO GX7 220V/2002 - CÓD. 1371")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255097", "028")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255097", "GAIOLA PARA EMPILHADEIRA H128 X L80 X C155 CM")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255086", "030")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255086", "GUILHOTINA HIDRÁULICA HIMECA 3000MM X 5MM 1/4'' - CÓD. 1607")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255088", "031")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255088", "GUILHOTINA CALVI 2000 X 5 MM")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255089", "032")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255089", "GUILHOTINA CALVI 2500 X 5 MM")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255087", "035")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255087", "TORNO MECÂNICO ROMI")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255092", "036")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255092", "TORNO MECÂNICO SCHUTTE")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255093", "037")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255093", "TORNO MECÂNICO DE CORREIA")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255095", "038")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255095", "TORNO MECANICO ROMI I30A 600 X 1800 MM")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255096", "039")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255096", "TORNO MECÂNICO ORNMASKINER 400 X 1100 MM - CÓD. 1612")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255094", "041")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255094", "FURADEIRA RADIAL ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255090", "045")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255090", "BOMBA DE INCÊNDIO 60 CV ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255091", "046")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255091", "BOMBA CENTRÍFUGA 20 CV")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255099", "047")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255099", "MOTOBOMBA À DIESEL DETROIT - USADA NO ESTADO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255108", "053")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255108", "MOTOR WEG W22 PLUS 10 HP 220/380 4 POLOS 1700 RPM")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255100", "055")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255100", "MISTURADOR EM AÇO INOX 200 L")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255103", "056")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255103", "MISTURADOR DE HÉLICE COM MOTOR DE 30 CV HP 1100 RPM")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255101", "060")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255101", "TALHA ELÉTRICA CROÁCIA 8 TON")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255102", "061")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255102", "LOTE TALHAS MANUAIS ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255106", "065")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255106", "BATERIA TRACIONÁRIA PARA EMPILHADEIRA ELÉTRICA 24 V")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255107", "066")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255107", "BATERIA TRACIONÁRIA PARA EMPILHADEIRA ELÉTRICA 24 V")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255104", "070")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255104", "DESENTUPIDORA RIDGID KOLLMANN K1000 MOTOR GASOLINA ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255105", "071")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255105", "DESENTUPIDORA RIDGID KOLLMANN K500 MOTOR GASOLINA")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255110", "072")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255110", "DOBRADEIRA SORG 3000MM X 3,20MM 1/8'' - CÓD. 1606")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255111", "075")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255111", "CABINE ACUSTICA PARA COMPRESSOR 230CM X 280CM X 210CM ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255112", "076")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255112", "CABINE ACÚSTICA PARA COMPRESSOR 315CM X 190CM X 205CM")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255116", "077")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255116", "CABINE ACÚSTICA PARA COMPRESSOR 315CM X 190CM X 205CM")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255117", "079")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255117", "CABINE ACÚSTICA PARA COMPRESSOR 315CM X 190CM X 205CM")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255115", "080")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255115", "ARMÁRIO PARA ARMAZENAMENTO EM AÇO CARBONO")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255113", "085")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255113", "MEDIDOR VOLUMÉTRICO ELETRÔNICO COMBUSTÍVEL GILBARCO 100L/MIN")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255114", "086")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255114", "MEDIDOR VOLUMÉTRICO ELETRÔNICO COMBUSTÍVEL GILBARCO VEEDER-ROOT")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255118", "090")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255118", "SERRA DE FITA VERTICAL ARTRAM")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255119", "095")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255119", "GELADEIRA INDUSTRIAL ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255120", "096")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255120", "GELADEIRA INDUSTRIAL MECALOR")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255123", "098")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255123", "FOGÃO INDUSTRIAL 6 BOCAS - CÓD. 1611")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255122", "103")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255122", "TIRFOR BERG-STEEL 3200 KG ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255121", "105")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255121", "SECADOR DE AR COMPRIMIDO NORGREN")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255124", "106")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255124", "TIRFOR BERG-STEEL 1600 KG ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255125", "111")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255125", "SOPRADOR TIPO ROOTS")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255127", "115")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255127", "CARRETINHA COM CABINE PARA GERADOR COMPRESSOR")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255128", "116")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255128", "CARRETINHA COM GERADOR PARCIAL")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255126", "117")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255126", "CARRINHO PARA CARREGAR MOTORES")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255129", "118")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255129", "CARRINHO PORTA FERRAMENTAS")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255137", "119")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255137", "CARRINHO DE MÃO")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255131", "120")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255131", "MÁQUINA DE SOLDA PONTO 15 KVA")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255130", "125")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255130", "DIVISOR ROTATIVO EM AÇO INOX DIALMÁTICA")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255138", "127")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255138", "MOINHO DE PLÁSTICO 250MM")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255133", "130")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255133", "PISTÃO HIDRÁULICO (160 X 20CM DIÂMETRO DO ÊMBOLO)")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255134", "135")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255134", "MESA MÓVEL COM TAMPO EM AÇO INÓX")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255135", "136")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255135", "MESA SUPORTE MÓVEL COM TAMPO EM AÇO INÓX")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255136", "137")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255136", "MESA COM TAMPO DE PEDRA")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255132", "140")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255132", "SISTEMA DE REUSO DE LAVAGEM DE VEÍCULOS MTX")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255139", "143")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255139", "ESTUFA")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255140", "145")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255140", "TUBULAÇÃO PARA COIFA COM EXAUSTOR 12'' E 16''")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255142", "150")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255142", "MACA HOSPITALAR / EXAME / ESTÉTICA")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255143", "151")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255143", "MACA HOSPITALAR / EXAME / ESTÉTICA")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255141", "160")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255141", "LOTE CORRENTES DE ROLO ")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255144", "165")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255144", "MESA ROTATIVA 60CM DE DIÂMETRO")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255145", "170")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255145", "TORRE DE RESFRIAMENTO ALPINA 215 X 215 X 370CM")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255146", "175")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255146", "IMPRESSORA GRÁFICA OFFSET HAMADA 700 STAR")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255147", "180")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255147", "CABINE PARA JATEAMENTO DE GRANALHA AREIA ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255148", "185")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255148", "SUPORTE DESBOBINADOR DE PLÁSTICO")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255149", "186")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255149", "PÓRTICO SEM TALHA 220 X 270 CM")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255150", "187")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255150", "TALHA ELÉTRICA 2000 KG")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255151", "188")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255151", "ESCADA DE MADEIRA 4,65 M")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...308 lines deleted...]
-      <c r="E23" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255152", "189")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255152", "RODA COMPONENTE 680 X 300 MM; ALTURA ÚTIL 200 MM TRUCK DE TRANSLAÇÃO CARREGADOR DE NAVIO")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F23" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E24" s="5" t="inlineStr">
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255154", "190")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255154", "RODA COMPONENTE 680 X 300 MM; ALTURA ÚTIL 200 MM TRUCK DE TRANSLAÇÃO CARREGADOR DE NAVIO")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255153", "191")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255153", "ROLO COM MANCAL PARA ESTEIRA")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255155", "192")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255155", "EIXO ENGRENADO COM MANCAL E ACOPLAMENTO")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255156", "193")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255156", "EIXO ENGRENADO COM MANCAL E ACOPLAMENTO")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255157", "194")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255157", "TAMBOR PARA CABO DE AÇO GUINCHO APROX: 180 CM")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F24" s="4" t="inlineStr">
-[...2238 lines deleted...]
-      </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255158", "195")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255158", "PISTÃO HIDRÁULICO 90 CM CAMISA 70 CM ÊMBOLO")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>