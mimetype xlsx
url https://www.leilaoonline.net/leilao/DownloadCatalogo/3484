--- v0 (2026-02-07)
+++ v1 (2026-03-25)
@@ -269,3035 +269,2659 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255489", "003")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255489", " Lote com: 24 unid. de Latas de Oleo para motores a jato - Mobil Jet - Mobil Jet Oil IIProteção contra desgaste, corrosão e deposito - Estabilidade - Viscosidede: Alta/Baixa temperatura - Marca: Mobil")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255518", "004")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255518", " Lote com: 24 unid. de Latas de Oleo para motores a jato - Mobil Jet - Mobil Jet Oil IIProteção contra desgaste, corrosão e deposito - Estabilidade - Viscosidede: Alta/Baixa temperatura - Marca: Mobil")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255450", "007")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255450", " Lote com: 02 unid. tabuas de resgate com acessorios")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255485", "008")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255485", " Lote com: 2000 unid. De Botão  para Spray, com atuador para bloqueio de ondas, cor: Vermelha -Sem uso, Na caixa original")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255510", "009")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255510", " Lote com: 2000 unid. De Botão  para Spray, com atuador para bloqueio de ondas, cor: Rosa  -Sem uso, Na caixa original")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255517", "010")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255517", " Lote com: 3.000 unid. Conjunto de tampa e valvula para aerosol - Marca Summit com botão de atuador com trava - cor vermelha - Material Sem uso - Na caixa original")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255542", "012")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255542", " Giro-Flex ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255520", "013")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255520", " Giro-Flex")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255458", "014")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255458", " Lote com: 2 unid. Morça para tubos - Tamanho Nº.: 4 - Sem uso")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255513", "015")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255513", " Lote com: 03 unid. Desempeno de bancada  - Medida: 18cm x 37 cm")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255504", "016")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255504", " Lote com: 01 tambor de Peneira molecular - Marca:  Pingxiang Petrochemical Packing -  Material Sem uso - Tambor 153 Kg")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255544", "017")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255544", " Lote com: 04 tambores de Peneira molecular - Marca:  Pingxiang Petrochemical Packing -  Material Sem uso - Tambor 153 Kg")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255512", "018")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255512", " Lote com: 05 rolos de Conduite  espiral -  cor&gt; laranja - Rolo de 100 metros - Medida: 3/8 - Material Sem uso")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255505", "020")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255505", " Lote de clivadores (sucata) - Aproximadamente 59 peças")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255499", "021")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255499", " Maquina para fusao de fribra optica com maleta - Marca: Sumitomo - Modelo: Type 25e (sucata)")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255527", "022")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255527", " Maquina para fusao de fribra optica com maleta - Marca: Sumitomo - Modelo: Type 25e (sucata)")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255534", "023")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255534", " Maquina para fusao de fribra optica com maleta - Marca: JiLong - Mod.: KL-195 Fusion Splincer(sucata)")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255449", "024")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255449", " Maquina para fusao de fribra optica com maleta - Marca: JiLong - Mod.: KL-195 Fusion Splincer(sucata)")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255536", "025")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255536", " Maquina para fusao de fribra optica com maleta - Marca: JiLong - Mod.: KL-195 Fusion Splincer(sucata)")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255480", "026")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255480", " Maquina para fusao de fribra optica com maleta - Marca: Sumitomo - Modelo: Type 25e (sucata)")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255468", "027")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255468", " Maquina para fusao de fribra optica com maleta - Marca: JiLong - Mod.: KL-195 Fusion Splincer(sucata)")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255484", "028")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255484", " Maquina para fusao de fribra optica com maleta - Marca: JiLong - Mod.: KL-195 Fusion Splincer(sucata)")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255521", "029")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255521", " Maquina para fusao de fribra optica com maleta - Marca: JiLong - Mod.: KL-195 Fusion Splincer(sucata)")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255487", "030")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255487", " Maquina para fusao de fribra optica com maleta - Marca: JiLong - Mod.: KL-195 Fusion Splincer(sucata)")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255464", "031")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255464", " Maquina para fusao de fribra optica com maleta - Marca: JiLong - Mod.: KL-195 Fusion Splincer(sucata)")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255540", "032")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255540", " Maquina para fusao de fribra optica com maleta - Marca: JiLong - Mod.: KL-195 Fusion Splincer(sucata)")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255491", "033")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255491", " Maquina para fusao de fribra optica com maleta - Marca: JiLong - Mod.: KL-195 Fusion Splincer(sucata)")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255519", "034")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255519", " Maquina para fusao de fribra optica com maleta - Marca: Sumitomo - Modelo: Type 25e (sucata)")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255490", "035")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255490", " Maquina para fusao de fribra optica com maleta - Marca: JiLong - Mod.: KL-195 Fusion Splincer(sucata)")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255467", "036")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255467", " Lote com: 100 unid. Degrau para cabos - medida: 35mm x 315mm")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255478", "037")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255478", " Lote com 10 unid. Localizador por satelite (sucata)")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255498", "039")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255498", " Lote com: 300 unid. Malotes - Bolsas de lona com trava - cores sortidas")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255466", "040")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255466", " Lote com: 1500 unid. Malotes - Bolsas de lona com trava - cores sortidas")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255475", "041")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255475", " Lote com: 10 unid. Torre CPU (sucata)")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255514", "042")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255514", " Lote com: 05 unid. monitores (sucata)")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255452", "043")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255452", " Lote com: 05 unid. monitores (sucata)")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255496", "044")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255496", " Lote com: 05 unid. monitores (sucata)")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255537", "045")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255537", " Lote com: 45 unid. Teclados para computador (sucata)")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255456", "046")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255456", " Lote com: 49 unid. Cabos HDMI ")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255471", "047")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255471", " Painel de Distribuição geral Optico Interno , Conectorizado 72P/144P Marca: FURUKAWA - Material sem uso")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255500", "048")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255500", " Lote com: 10 unid. Cintos de segurança para trabalhos em altura - Modelo: paraquedista simpesSucata por estar fora da validade")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255523", "049")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255523", " Lote com: 05 unid . Cintos de segurança para trabalhos em altura - Modelo completo com talabartSucata por estar fora da validade")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255533", "050")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255533", " Lote com: 05 unid . Cintos de segurança para trabalhos em altura - Modelo completo com talabartSucata por estar fora da validade")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255477", "051")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255477", " Lote com: 05 pares de Luvas para alta tensão  - Sucata por estar fora da validade, fabricadas em 2018")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255539", "052")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255539", " Lote com: 1000 unid. Microtransponder - Marca: Ruggedised - Mod.:  Id 103 - Tamanho: 3mm x 13mmmaterial Sem uso")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255528", "053")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255528", " Bisturis para oftalmologia - Marca: bvi Beaver Visitec Mod: 374991 - 373727 - 373722 - Sucata por estar fora da validade - 10 caixas com 10 unidades em cada caixa.")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255522", "054")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255522", " Bisturis para oftalmologia - Marca: bvi Beaver Visitec Mod: 378235 - 378224 - 378222- Sucata por estar fora da validade - 06 caixas com 10 unidades em cada caixa.")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255488", "056")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255488", " Maquina Tupia - Marca: Invicta - Mod.: TMC 13 - maquina para madeira")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255469", "060")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255469", " Lote com: 500 unid. Tap braker diversos, de ferro e de aluminio")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255535", "061")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255535", " Destilador de Nitrogenio - Marca: Marconi - mod.: MA036")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255492", "062")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255492", " Bateria de Extração 188 (Estufa de chão) - Marca: Marconi - Com Painel - Não foi testada.")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255486", "063")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255486", " Forno refratario - Marca: Brasimet - Mod.:K400 - Até 1300ºMedida interna: 430x600mm")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255515", "064")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255515", " Lote com: 05 unid. Placa de arrastro para torno Romi S20 ou similar")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255538", "065")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255538", " Lote com: Aprox. 500 kg. Master - Cores diversas - Marcas: Poly One, Agilcor, Daicolor, etcObs.: Data de validade expirada")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255501", "066")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255501", " Mangueira de sucção de 3" polegdas x 10 metros - Reforçada")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255494", "067")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255494", " Lote com: 100 unid. Grampo de suspensão - Material Sem uso.  -Material eletrico")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255474", "068")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255474", " Lote com: 100 unid. Grampo de suspensão - Material Sem uso.  -Material eletrico")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255503", "069")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255503", " Lote com: 50 unid. Raquetes para poste")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255546", "070")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255546", " Ponta montada - 10 pacotes com 10 peças cada pacote. Material Sem uso")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255455", "071")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255455", " Ponta montada - 10 pacotes com 10 peças cada pacote. Material Sem uso")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255497", "072")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255497", " Lote com: 500 unid. Fecho de aço inox ")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255508", "073")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255508", " Lote com: 200 unid. Anel guia ")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255479", "074")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255479", " Aprox. 300kg. Raspa de borracha")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255482", "075")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255482", " Lote com: 02 unid. Transformador Bi-partido (sucata)")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255461", "076")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255461", " Lote com: 12 unid. Bloco Spliter BSTS de 20pares com terra - Marca: 3M")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255463", "077")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255463", " Lote com: 05 unid. Antena Banda Ku 75 Cm - Marca Svec. Antena Receptora DTH 75cm")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255483", "078")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255483", " Lote com: 05 unid. Antena Banda Ku 75 Cm - Marca Svec. Antena Receptora DTH 75cm")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255459", "079")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255459", " Lote com: 05 unid. Relogio comparador ")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255541", "080")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255541", " Lote com: 02 unid. Peças para empilhadeira TOYOTA - Torre e contra-peso  (sucata)")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255473", "081")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255473", " Lote com: 29 unid. Telefones (sucata)")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255524", "082")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255524", " Lote com: 08 unid. Furadeiras (sucata)")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255511", "084")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255511", " Lote de Estação de call center - desmontadas . ")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255495", "085")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255495", " Lote com: 09 unid. Mesas diversas")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255481", "086")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255481", " Torre de iluminação com 4 refletores - Marca TEREX - Modelo: RL 4000 (sucata)")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255451", "087")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255451", " Lote com: 02 unid. suporte para pneus")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255454", "088")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255454", " Colchão de solteiro com box")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255543", "089")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255543", " Lote com: 30 unid. Gancho para tampa de bueiro  - Medindo 70cm")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255462", "090")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255462", " Lote com: 10 unid. Trena de chão ")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255502", "091")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255502", " Estabilizador  40 KVA - No estado em que se encontra (sucata)")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255506", "092")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255506", " Estabilizador  30 KVA - No estado em que se encontra (sucata)")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255509", "093")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255509", " Aparelho de Raio X")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255525", "094")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255525", " Conjunto para dobrar tubos - Conjunto com 3 peças")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255460", "095")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255460", " Conjunto para dobrar tubos - Conjunto com 3 peças")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255526", "096")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255526", " Conjunto para dobrar tubos - 02 conjuntos - Conjunto com 3 peças")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255457", "097")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255457", " Lote com itens para a fabricação de calçados  - Matrizes e itens para sapatos")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255465", "100")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255465", " Handa _ Video Scope / GII - Marca: PLANATC - Com maleta e acessorios - Com defeito(Camara articulada / boroscopio automotivo)")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255530", "101")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255530", " Lote com: 04 unid. Cartucho de Torner - Marca Samsung - Novos na caixa, porem fora da validade (sucata)")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255548", "102")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255548", " Prensa Hidraulica - Marca: EVA - Mod.: 40 - Capacidade Max: 40 Ton.")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255545", "103")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255545", " Estabilizador Robot")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255531", "104")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255531", " Lotes com transformadores pequenos")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255547", "105")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255547", " Lote com: 42 unid. Cordão de teste terra polar - Sem uso.")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255532", "106")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255532", " Lote de celulares e baterias (sucata)")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255529", "107")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255529", " Lote com: 135 unid. carregadores para celular antigos (sucata)")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255549", "108")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255549", " Lote com: 380 unid. carregadores de celulares veicular (sucata)")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>