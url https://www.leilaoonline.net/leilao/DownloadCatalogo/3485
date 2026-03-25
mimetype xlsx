--- v0 (2025-12-20)
+++ v1 (2026-03-25)
@@ -269,571 +269,503 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256052", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256052", "CARREGADEIRA SANTAL COM TRATOR JOHN DEERE 6405; ANO 2004 ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256053", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256053", "CARREGADEIRA SANTAL COM TRATOR JOHN DEERE 6415; ANO 2008")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256054", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256054", "CARREGADEIRA SANTAL NO TRATOR MASSEY FERGUSON 290; ANO 2006")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256055", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256055", "CARREGADEIRA SANTAL NO TRATOR MASSEY FERGUSON 290; ANO 2006")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256056", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256056", "CARREGADEIRA SANTAL COM TRATOR JOHN DEERE 6415; ANO 2007")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>88.750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256057", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256057", "CAÇAMBA ROLLON")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256058", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256058", "ESMERIL")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256059", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256059", "LOTE COM APROX. 10 PNEUS FLORESTAIS")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256060", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256060", "LOTE COM APROX. 800 PNEUS DE CARROS - LANCE POR UNIDADE")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>10,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256061", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256061", "LOTE COM APROX. 50 PNEUS 295")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256062", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256062", "LOTE COM APROX. 50 PNEUS 295")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.950,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256063", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256063", "TRATOR EMPILHADEIRA NEW HOLLAND FB 80")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>107.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...15 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256687", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256687", "PÁ CARREGADEIRA XGMA 935; ANO 2012; C/ 4MIL HORAS TRABALHADAS; GARFO DE 6M; CAPA NOS PNEUS E PEITO DE AÇO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>145.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256688", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256688", "PEÇAS DE RETROESCAVADEIRA CLARK (TETO, PARALAMAS E PÁ)")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...75 lines deleted...]
-      <c r="A15" s="5" t="inlineStr">
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256689", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256689", "LOTE DE SUCATA DE PEÇAS DE 4 TOYOTAS BANDEIRANTES")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257626", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257626", "LOTE COM 24 GALÕES DE 20L CADA; DE ÓLEO ISO 68 MINERAL - LACRADOS")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...115 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...254 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257627", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257627", "LOTE COM 38 GALÕES DE 20L CADA; DE ÓLEO 15W40 MINERAL - LACRADOS")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>