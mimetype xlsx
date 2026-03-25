--- v0 (2025-10-11)
+++ v1 (2026-03-25)
@@ -269,635 +269,559 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256665", "015")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256665", "veja o vídeo!! CHEV/ONIX PLUS JOY; 2019/2020; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256064", "025")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256064", "veja o vídeo!! I/TOYOTA HILUX CD4X4 SRV; 2007/2008; PRETA; DIESEL - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>52.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255881", "030")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255881", "veja o vídeo!! I/CHEV CRUZE LTZ NB AT; 2018/2018; VERMELHA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255883", "035")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255883", "veja o vídeo!! HONDA/HR-V EXL CVT; 2021/2021; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...45 lines deleted...]
-      </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>70.250,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255903", "040")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255903", "veja o vídeo!! FIAT/PUNTO ATTRACTIVE; 2014/2015; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255907", "045")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255907", "veja o vídeo!! CHEVROLET/ONIX 1.0MT LS; 2015/2016; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255890", "050")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255890", "veja o vídeo!! FIAT/STRADA HD WK CC E; 2018/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255893", "055")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255893", "veja o vídeo!! IVECO/DAILYCITY3813 VAN; 2006/2006; BRANCA; DIESEL - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>23.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255879", "060")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255879", "veja o vídeo!! I/BMW M135I; 2015/2016; AZUL; GAS. - FUNC. - APROX. 47.000KM - FIPE R$ 195.072,00")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>137.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255911", "065")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255911", "veja o vídeo!! RENAULT/SANDERO PR1616VA; 2011/2012; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255898", "070")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255898", "veja o vídeo!! HONDA/HR-V EX CVT; 2019/2020; BRANCA; ALCO./GASOL. - FUNC. - IPVA 2024 OK")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>58.750,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255880", "075")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255880", "veja o vídeo!! I/HONDA CR-V EXL; 2008/2008; PRATA; GASOLINA - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255905", "080")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255905", "veja o vídeo!! VW/GOL 1.0L MC4; 2019/2020; BRANCO; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255886", "085")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255886", "veja o vídeo!! HONDA/CITY DX FLEX; 2011/2012; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255884", "090")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255884", "veja o vídeo!! I/M. BENZ SLK 250 CGI; 2014/2014; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>137.250,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255906", "095")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255906", "veja o vídeo!! HONDA/ELITE 125; 2022/2022; VERMELHA; GASOLINA - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>8.250,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255908", "100")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255908", "I/VOLVO XC60 3.0TDYNAMIC; 2011/2011; CINZA; GASOLINA - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255882", "105")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255882", "veja o vídeo!! KIA/SPORTAGE; 2013/2014; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255914", "200")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255914", "JOGO DE RODA C/ PNEUS DE S10; MARCA MONACO; MEDIDAS: 205/70R1594P")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>