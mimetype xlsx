--- v0 (2026-02-07)
+++ v1 (2026-03-25)
@@ -269,2011 +269,1763 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255772", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255772", " (SUCATA) - 3 UN.  EVAPORADORAS PISO TETO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255774", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255774", " CONDENSADOR MIDEA VRF 42.000 BTU´S (SEM USO)")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255775", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255775", " CONDENSADOR MIDEA (SEM USO)")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255758", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255758", " Lava e seca smart Midea ( sucata)")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255759", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255759", " Lava e seca smart Midea ( sucata)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255773", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255773", " CONDENSADOR MIDEA (SEM USO)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255764", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255764", "12 ROLOS DE ARAME DE SOLDA MIG (15KG/CADA)")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255777", "012")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255777", " (SUCATA) - AR CONDICIONADO SPRINGER ( FUNCIONANDO ( SEM FRENTE)")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255776", "013")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255776", " 2 CONJUNTOS DE PÉ PARA CARRETA - COMPLETOS COM BARRA ( SEM USO)")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255791", "014")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255791", "APROX. 14 VENTILADORES DE TETO SEM GARANTIA ( PODENDO SER SUCATA/FALTANDO PEÇAS)")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255778", "015")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255778", " 2 UN. DE ROLOS DE CAPACHO CAPAZZI ALTO TRÁFEGO - MEDIDAS 25 MTS. X 1,50 MTS ( CADA) SEM USO EMBALADO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255792", "016")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255792", "02 UN. CERVEJEIRAS- SENDO; 1 SEM PORTA E 1 COMPLETA COM  AVARIAS / VIDRO QUEBRADO) ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255793", "017")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255793", "(SUCATA) - APROX. 11 TVS. 55/42/32 POLEGADAS - TODAS QUEBRADAS/NOVAS NA CAIXA")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255794", "018")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255794", "FREEZER 100 LITROS - ( LIGA MAS NÃO GELA)")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255795", "020")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255795", "06 UN. PULVERIZADORES JACTO ( NOVOS - FALTANDO PEÇAS)")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...110 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>380,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255797", "021")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255797", "02 UN. VIDROS DE MÁQUINA AGRÍCOLA SEM IDENTIFICAÇÃO ( NOVOS)")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>380,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255796", "022")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255796", "02 UN. PISTÕES HIDRAÚLICOS DE MAQUINA ( 2,00 MTS COMPRIMENTO ) SEM USO  - SEM IDENTIFICAÇÃO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.950,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255798", "023")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255798", " FREZZER 150 LITROS ( LIGA MAS NÃO GELA ) SEM GARANTIA")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255803", "025")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255803", " MOTOBOMBA - SEM USO 7,5CV")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255799", "026")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255799", " APROX. 170LUMINÁRIAS DIVERSAS - SEM USO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255802", "027")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255802", " 90 UN. AVENTAIS - ARTESANAL - TEAR DE MINAS")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255800", "028")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255800", " 90 UN. AVENTAIS - ARTESANAL - TEAR DE MINAS")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255801", "029")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255801", " 90 UN. AVENTAIS - ARTESANAL - TEAR DE MINAS")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255804", "030")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255804", " 90 UN. AVENTAIS - ARTESANAL - TEAR DE MINAS")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255805", "031")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255805", " 90 UN. AVENTAIS - ARTESANAL - TEAR DE MINAS")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256355", "032")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256355", " Lavadora Midea 13 kg 127 v funcionando sem garantia (nº1)")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256359", "033")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256359", " Lavadora Midea 13 kg 127 v funcionando sem garantia (nº2)")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256345", "034")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256345", " Lavadora Midea 13 kg 127 v funcionando sem garantia (nº3)")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256346", "035")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256346", " Lavadora Midea 13 kg 127 v funcionando sem garantia (nº4)")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256347", "036")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256347", " Lavadora Midea 13 kg 127 v funcionando sem garantia (nº5)")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256349", "037")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256349", " Lavadora Midea 13 kg 127 v funcionando sem garantia (nº6)")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256348", "038")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256348", " Lavadora Midea 13 kg 220v funcionando sem garantia (nº7)")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256353", "039")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256353", " Lavadora Midea 13 kg 220v funcionando sem garantia (nº8)")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256352", "040")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256352", " Lavadora Midea 13 kg 220v funcionando sem garantia (nº9)")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256357", "041")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256357", " Lavadora Midea 13 kg 220v funcionando sem garantia (nº10)")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256358", "042")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256358", " Lavadora Midea 13 kg 220v funcionando sem garantia (nº11)")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256356", "043")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256356", " Lavadora Midea 13 kg 220v funcionando sem garantia (nº12)")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256354", "044")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256354", " Sucata de 3 lavadoras 13 KG (nº13)")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>680,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256351", "045")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256351", " Freezer 205 litros liga mas não gela")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...95 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+      <c r="F49" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...57 lines deleted...]
-      <c r="F20" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256350", "046")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256350", " 2 climatizadores sem garantia de funcionamento")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>320,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...116 lines deleted...]
-      <c r="E24" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255760", "347")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255760", " 4 telas de retroprojetores sendo: 2 com tripé e 2 sem")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255762", "353")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255762", " ASPIRADOR DE PÓ MIDEA / SEM USO. SEM GARANTIA.")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F24" s="4" t="inlineStr">
-[...122 lines deleted...]
-      <c r="E28" s="5" t="inlineStr">
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255761", "354")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255761", " ASPIRADOR DE PÓ MIDEA / SEM USO. SEM GARANTIA.")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F28" s="4" t="inlineStr">
-[...798 lines deleted...]
-      </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255785", "1018")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255785", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255786", "1019")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255786", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255780", "1022")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255780", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255782", "1023")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255782", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255779", "1024")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255779", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255781", "1025")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255781", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255783", "1027")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255783", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah  2021")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255784", "1030")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255784", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255769", "1043")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255769", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255766", "1044")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255766", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255771", "1045")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255771", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255768", "1046")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255768", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255765", "1047")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255765", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255770", "1048")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255770", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255767", "1049")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255767", "Caixa 12 unidades -  Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255788", "1051")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255788", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255790", "1052")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255790", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255787", "1053")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255787", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255789", "1054")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/255789", " Caixa 12 unidades - Vinho Peninsula Single Vineyard Syrah 2021")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>