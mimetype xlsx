--- v0 (2026-02-07)
+++ v1 (2026-03-25)
@@ -269,475 +269,419 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256368", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256368", " ESCAVADEIRA HIDRÁULICA CATERPILLAR MOD. 336DL ANO 2011 ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>300.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256664", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256664", " PRANCHA FIXA MIRASSOL ANO 2015 COM REDUTOR")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256371", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256371", " MINIESCAVADEIRA BOBCAT MOD. E26 ANO 2012")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256374", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256374", " ESCAVADEIRA KOMATSU MOD. PC160 ANO 2008")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>190.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256372", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256372", " ESCAVADEIRA HIDRÁULICA CATERPILLAR MOD. 315DL ANO 2011 ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>190.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256380", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256380", " EMPILHADEIRA HANGCHA ANO 2018 – CAPAC. 3TON. -DIESEL")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256379", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256379", " PÁ CARREGADEIRA NEW HOLLAND MOD. W130 ANO 2016")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>280.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256370", "014")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256370", " PÁ CARREGADEIRA CATERPILLAR MOD. 938K ANO 2016")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>350.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256377", "015")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256377", " PÁ CARREGADEIRA CATERPILLAR MOD. 924K ANO 2020")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>350.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256369", "016")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256369", " PÁ CARREGADEIRA KOMATSU MOD. WA320 ANO 2020")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>350.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256378", "017")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256378", " PÁ CARREGADEIRA KOMATSU MOD. WA320 ANO 2020")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>350.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256375", "018")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256375", " ESCAVADEIRA  KOMATSU MOD. PC200 ANO 2014")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>160.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256376", "019")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256376", "[ VÍDEO ] PÁ CARREGADEIRA NEW HOLLAND MOD. W130 ANO 2012")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256373", "020")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256373", " PÁ CARREGADEIRA NEW HOLLAND MOD. W130 ANO 2012")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>