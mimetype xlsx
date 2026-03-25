--- v0 (2026-02-07)
+++ v1 (2026-03-25)
@@ -269,1275 +269,1119 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256507", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256507", " TRATOR LEVE VALTRA BM 585 FROTA- 52004 ANO:  2010 CHASSI:  585270568 OBS:  SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  SEM AGREGADOS.  PNEUS RUINS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256508", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256508", " TRATOR LEVE VALTRA BM 585  FROTA- 2281 ANO:  2010 CHASSI:  585258665 OBS:  SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  SEM AGREGADOS.  PNEUS RUINS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>42.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256509", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256509", " CAVALO MEC. SCANIA G 440A  6X4.  FROTA 104194 ANO:  2016 PLACA:  PXL7336 CHASSI:  9BSG6X400G3885914 KM:  469,566 OBS:  SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  SEM AGREGADOS....  PNEUS RUINS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>127.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256517", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256517", " CAVALO MEC. SCANIA G 440A  6X4.  FROTA 104195 ANO:  2016 PLACA:  PXL-7D56 CHASSI:   9BSG6X400G3885877 KM:  448,455.70 OBS:  SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  SEM AGREGADOS....  PNEUS RUINS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>127.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256510", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256510", " CAVALO MEC. SCANIA G 440A  6X4.  FROTA 104197 ANO:  2016 PLACA:  PXL7D50 CHASSI:  9BSG6X400G3885744 KM:  433,609.70 OBS:  SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  SEM AGREGADOS....  PNEUS RUINS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>125.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256512", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256512", " CAVALO MEC. SCANIA G 440A  6X4.  FROTA 104198 ANO:  2016 PLACA:  PXL7D48 CHASSI:  9BSG6X400G3885725 KM:  412,214.40 OBS:  SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  SEM AGREGADOS....  PNEUS RUINS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>125.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256511", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256511", " CAVALO MEC. VOLVO FM 500,   6X4.  FROTA 216019 ANO:  2016 PLACA:  PXK0J77 CHASSI:  9BSG6X400G3885725 KM:  530,079.30 OBS:  SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  SEM AGREGADOS....  PNEUS RUINS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>172.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256516", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256516", " CAVALO MEC. VOLVO FM 540,   6X4.  FROTA 216023 ANO:  2018 PLACA:  QNZ3165 CHASSI:  9BVXG40DXJE852770 KM:  571,160.50 OBS:  VENDIDO NO ESTADO QUE SE ENCONTRA. COM CORROSÃO E AVARIAS.  SEM AGREGADOS.  PNEUS RUINS. DOCUM. COM A CABINE ESTENDIDA E NO FISICO SEM CARROCERIA. REGULARIZAÇÃO POR CONTA DO CO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>200.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256513", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256513", " CAVALO MEC. SCANIA G 440 AT,   6X4.  FROTA 416001 ANO:  2014 PLACA:  OWS3A83 CHASSI:  9BSG6X400E3847836 KM:  556,306.00 OBS:  SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  SEM AGREGADOS....  PNEUS RUINS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>127.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256514", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256514", " CAVALO MEC. VOLVO FM 500  6X4T FROTA 316016 ANO:  2016 PLACA:  PXK-1D90 CHASSI:  9BVXG30D2GE836943 KM:  446,513.60 OBS:  SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  SEM AGREGADOS....  PNEUS RUINS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>217.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256515", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256515", " CAVALO MEC. MB AXOR 3344  S AT  FROTA 316034 ANO:  2019 PLACA:  QUK2552 CHASSI:  9BM958471KB136166 KM:  269,515.40 OBS:  VENDIDO NO ESTADO QUE SE ENCONTRA. COM CORROSÃO E AVARIAS.  SEM AGREGADOS.  PNEUS RUINS. DOCUM. COM A CABINE ESTENDIDA E NO FISICO SEM CARROCERIA. REGULARIZAÇÃO POR CONTA DO COMP")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>195.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256524", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256524", " CAVALO MEC. MB AXOR 3344  S AT, 6X4 FROTA 216039 ANO:  2019 PLACA:   QUU0128 CHASSI:  9BM958471KB138166 KM:  279,337.70 OBS:  VENDIDO NO ESTADO QUE SE ENCONTRA. COM CORROSÃO E AVARIAS.  SEM AGREGADOS.  PNEUS RUINS. DOCUM. COM A CABINE ESTENDIDA E NO FISICO SEM CARROCERIA. REGULARIZAÇÃO POR CONTA DO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>182.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256518", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256518", " CAVALO MEC. MB AXOR 3344  S AT, 6X4 FROTA 306036 ANO:  2019 PLACA:  QUK2F64 CHASSI:  9BM958471KB137238 KM:  280,067.20 OBS:  VENDIDO NO ESTADO QUE SE ENCONTRA. COM CORROSÃO E AVARIAS.  SEM AGREGADOS.  PNEUS RUINS. DOCUM. COM A CABINE ESTENDIDA E NO FISICO SEM CARROCERIA. REGULARIZAÇÃO POR CONTA DO ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>197.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256519", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256519", " CAVALO MEC. MB AXOR 3344S AT  FROTA 316049 ANO:  2019 PLACA:  QUS1F09 CHASSI:  9BM958471KB133799 OBS:  VENDIDO NO ESTADO QUE SE ENCONTRA. COM CORROSÃO E AVARIAS.  SEM AGREGADOS.  PNEUS RUINS. DOCUM. COM A CABINE ESTENDIDA E NO FISICO SEM CARROCERIA. REGULARIZAÇÃO POR CONTA DO COMPRADOR. SÍNTESE ANE")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>190.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256520", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256520", " CAVALO MEC. MB AXOR 3344S AT  FROTA 316037 ANO:  2019 PLACA:   QUK2F57 CHASSI:  9BM958471KB140397 OBS:  VENDIDO NO ESTADO QUE SE ENCONTRA. COM CORROSÃO E AVARIAS.  SEM AGREGADOS.  PNEUS RUINS. DOCUM. COM A CABINE ESTENDIDA E NO FISICO SEM CARROCERIA. REGULARIZAÇÃO POR CONTA DO COMPRADOR. SÍNTESE AN")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>207.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256521", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256521", " CAVALO MEC. MB AXOR 3344S AT  FROTA 316040 ANO:  2019 PLACA:  QUK2F51 CHASSI:  9BM958471KB139047 KM:  261,450.10 OBS:  VENDIDO NO ESTADO QUE SE ENCONTRA. COM CORROSÃO E AVARIAS.  SEM AGREGADOS.  PNEUS RUINS. DOCUM. COM A CABINE ESTENDIDA E NO FISICO SEM CARROCERIA. REGULARIZAÇÃO POR CONTA DO COMPRA")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>197.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256525", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256525", " CAVALO MEC. MB AXOR 3344S AT  FROTA 316039 ANO:  2019 PLACA:  QUK2F66 CHASSI:  9BM958471KB137268 KM:  281,546.00 OBS:  VENDIDO NO ESTADO QUE SE ENCONTRA. COM CORROSÃO E AVARIAS.  SEM AGREGADOS.  PNEUS RUINS. DOCUM. COM A CABINE ESTENDIDA E NO FISICO SEM CARROCERIA. REGULARIZAÇÃO POR CONTA DO COMPRA")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>192.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256522", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256522", " CAVALO MEC. MB AXOR 3344S AT, 6x4 FROTA 316048 ANO:  2019 PLACA:   QUS5294 CHASSI:  9BM958471KB134751 KM:  260,119.90 OBS:  VENDIDO NO ESTADO QUE SE ENCONTRA. COM CORROSÃO E AVARIAS.  SEM AGREGADOS.  PNEUS RUINS. DOCUM. COM A CABINE ESTENDIDA E NO FISICO SEM CARROCERIA. REGULARIZAÇÃO POR CONTA DO C")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>200.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256523", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256523", " CAMINHÃO FORD CARGO 2628, 6X4  FROTA 14112 ANO:  2012 PLACA:  HNX-0648 CHASSI:  9BFZEAZX0CBS0699. KM:  448,436.20 OBS:  VENDIDO NO ESTADO QUE SE ENCONTRA. COM CORROSÃO E AVARIAS.  SEM AGREGADOS.  PNEUS RUINS. DOCUM. CARROC. COMBOIO E NO FISICO SEM CARROCERIA. REGULARIZAÇÃO POR CONTA DO COMPRADOR. S")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>152.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256527", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256527", " ESCAVADEIRA - CAT 320 FROTA- 223002 ANO:  2020 CHASSI:  CAT00320EBR620225 HOR.  17,269 OBS:  SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>310.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>10000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256526", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256526", " RETROESCAVADEIRA JD 310L FROTA- 231002 ANO:  2019 CHASSI:  1BZ310LACKD002591 HOR.  10,976 OBS:  SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS. PNEUS RUINS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>160.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>5000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256528", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256528", "  CARREGADEIRA CANA - VALTRA BM 100-4RA  FROTA 2842 ANO:  2002 CHASSI:  4389232 HOR.  50,097 OBS:  SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  SEM AGREGADOS....  PNEUS RUINS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>137.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256529", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256529", " TRANSBORDO TMA FROTA- 275008 ANO:  2014 OBS:  SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS. PNEUS RUINS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256530", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256530", " TRANSBORDO TMA FROTA- 375008 ANO:  2014 CHASSI:  VTX141309 OBS:  SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS. PNEUS RUINS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256534", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256534", " TRANSBORDO TMA FROTA- 375037 ANO:  2015 CHASSI:  VTX151720 OBS:  SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS. SEM PNEUS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256531", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256531", " TRANSBORDO TMA FROTA- 275014 ANO:  2014 CHASSI:  VTX141322 OBS:  SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS. PNEUS RUINS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256536", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256536", " TRANSBORDO TMA  FROTA- 375011 ANO:  2014 CHASSI:  VTX141315 OBS:  SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS. PNEUS RUINS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256532", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256532", " TRANSBORDO TMA FROTA- 375014 ANO:  2014 CHASSI:  VTX141314. OBS:  SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS. SEM PNEUS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256537", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256537", " TRANSBORDO TMA FROTA- 375015 ANO:  2014 CHASSI:  VTX141323 OBS:  SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS. PNEUS RUINS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256533", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256533", " SEMI REB. GRANELEIRO SR. CARGA SECA 2E ANT  FROTA- 3904 ANO:  1994 PLACA:  GQI8399 CHASSI:  9ANG12430RM002490 OBS:  VENDIDO NO ESTADO QUE SE ENCONTRA. COM CORROSÃO E AVARIAS.  PNEUS RUINS. DOCUM.SEMI REBOQUE CARROC. ABERTA E NO FISICO ELE  É UMA PRANCHA. REGULARIZAÇÃO POR CONTA DO COMPRADOR. SÍNTES")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256535", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256535", " SEMI REB.BASCULANTE SR. CARGA SECA 3E RAN  FROTA- 1021 ANO:  1994 PLACA:  MUJ1540 CHASSI:  9ADB08530TM123390 OBS:  VENDIDO NO ESTADO QUE SE ENCONTRA. COM CORROSÃO E AVARIAS.  PNEUS RUINS. DOCUM. BASCULANTE E NO FISICO ELE É CARROC. ABERTA(PRANCHA)... REGULARIZAÇÃO POR CONTA DO COMPRADOR. SÍNTESE AN")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256539", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256539", " PA CARREGADEIRA CAT 924K FROTA 332010 ANO:  2020 CHASSI:  CAT0924KCLW402562 HOR.  13,539.80 OBS:  SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS. PNEUS RUINS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...78 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>210.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>10000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256538", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256538", " QUADRIOCICLO HONDA TRX420 FOURTRAX FROTA:  329009 ANO:  2013 CHASSI:  9C2TE3500DR005838 OBS:  SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA.  EQUIP. COM PONTOS CORROSÃO, AMASSADOS E AVARIAS. , MOTOR FUNDIDO ,NÃO LIGA PARTE ELETRICA NÃO FUNCIONA , BATERIA NÃO SEGURA CARGA.")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256540", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256540", " QUADRIOCICLO HONDA TRX420 FOURTRAX FROTA: 229015 ANO:  2015 CHASSI:  9C2TE4300FR000850 OBS:  SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA.  EQUIP. COM PONTOS CORROSÃO, AMASSADOS E AVARIAS. ALGUMAS TRINCAS NAS ESTRUTURAS, APOIO DE PÉ COM AVARIAS, NÃO FOI TESTADO, NÃO ESTÁ FUNCIONANDO.")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256542", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256542", " QUADRIOCICLO HONDA TRX420 FOURTRAX FROTA: 229014 ANO:  2015 CHASSI:  9C2TE4300FR002129 OBS:  SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA.  EQUIP. COM PONTOS CORROSÃO, AMASSADOS E AVARIAS. ALGUMAS TRINCAS NAS ESTRUTURAS, APOIO DE PÉ COM AVARIAS, NÃO FOI TESTADO, NÃO ESTÁ FUNCIONANDO.")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256541", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256541", " CAVALO MEC. SCANIA G 440A  FROTA: FROTA 104196 ANO:  2016 PLACA:  PXL7D22 CHASSI:   9BSG6X400G3885721 KM:  447,529.70 OBS:  SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  SEM AGREGADOS....  PNEUS RUINS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
         <is>
           <t>127.500,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...181 lines deleted...]
-      <c r="D19" s="4" t="inlineStr">
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256746", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256746", " CARREGADEIRA CANA MF 290-4 RA  FROTA 2835 ANO:  2002   CHASSI:  2904131728 HOR.  81367,7 OBS:  SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  SEM AGREGADOS.  PNEUS RUINS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
-      <c r="E19" s="5" t="inlineStr">
-[...255 lines deleted...]
-      <c r="E27" s="5" t="inlineStr">
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>82.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256747", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256747", "CAMINHÃO  VOLVO VM270. 6X4 COM TANQUE.  FROTA 53261 ANO: ALTERADO 2012 - PLACA:  OQO2A61 CHASSI:  93KK0RID1CE136588 KM:  303.584,90 OBS:  SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  SEM AGREGADOS....  PNEUS RUINS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
         <is>
           <t>192.500,00</t>
         </is>
       </c>
-      <c r="F27" s="4" t="inlineStr">
-[...670 lines deleted...]
-      </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256748", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256748", "MOTO BOMBA  MBA CUMMINS ISC 8.3L  ANO:  2013   CHASSI:  C15209289   OBS:  SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  SEM AGREGADOS....  PNEUS RUINS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>