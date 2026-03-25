--- v0 (2025-12-20)
+++ v1 (2026-03-25)
@@ -269,2235 +269,1959 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256409", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256409", " APROX. 20 TON. CORDOALHAS")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256408", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256408", " APROX. 500 PÇS. CRUZETA DE FIBRA")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256422", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256422", " APROX. 10 TON. TUBULAÇÃO TUBOS DE PLASTICO 1/2, 3/4 2 POL.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256424", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256424", " APROX. 10 TON. TUBO DE PLÁSTICO DE VÁRIAS MEDIDAS")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256418", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256418", " APROX. 7 TON. TUBO DE PLÁSTICO DE VÁRIAS MEDIDAS")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256410", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256410", " APROX. 2.000 PÇS. CAPA PARA CONECTOR")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256415", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256415", " APROX. 5.000 PÇS. CAIXA DISJUNTOR MONOFÁSICO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256414", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256414", " APROX. 5 TON. PLÁSTICOS DIVERSOS")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256419", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256419", " APROX. 1.000 PÇS. . CRUZETAS REDONDAS")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256423", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256423", " APROX. 1.000 PÇS CRUZETA DE MADEIRA 2,40")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256426", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256426", " APROX. 1.000 PÇS CRUZETA DE MADEIRA 2,40")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256411", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256411", " 04 UN. COMPRESSORES E MOTORES")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256416", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256416", " APROX. 5 TON. IMPRESSORAS")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256427", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256427", " MOTOR ELETRICO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256421", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256421", " COMPRESSOR DE AR COMPRIMIDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256412", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256412", " COMPRESSOR DE AR COMPRIMIDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256413", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256413", " COMPRESSOR DE AR COMPRIMIDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256430", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256430", " COMPRESSOR DE AR COMPRIMIDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256420", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256420", " COMPRESSOR DE AR COMPRIMIDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256429", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256429", " COMPRESSOR DE AR COMPRIMIDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256428", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256428", " APROX. 500 PÇS CRUZETA DE FIBRA")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256434", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256434", " APROX. 500 PÇS CRUZETA DE FIBRA")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256431", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256431", " GRUA")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256417", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256417", " ESCAVADEIRA")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256425", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256425", " PÁ CARREGADEIRA")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256432", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256432", " CARROCERIA DE MADEIRA D40")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256455", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256455", " 03 UN. DIFERENCIAL E 03 UN. SUSPENSÃO ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256439", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256439", " 30 PÇS. ESCADA DE FIBRA")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256447", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256447", " APROX. 1.000 PÇS HASTE COBREADA CAMADA DUPLA")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>7.900,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256436", "031")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256436", " APROX. 1.000 PÇS HASTE COBREADA CAMADA DUPLA")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>7.700,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256453", "032")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256453", " 04 UN. REDUTOR KH77")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256440", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256440", " REDUTOR K107")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256437", "034")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256437", " 04 UN. REDUTOR RF 104")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256452", "035")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256452", " 07 UN. REDUTOR SF 35")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256438", "036")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256438", " 19 UN. REDUTOR WF 30")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>6.900,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256435", "040")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256435", " 08 UN. REDUTOR K77")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256441", "041")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256441", " 24 UN. REDUTOR HW 30")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256445", "042")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256445", " 04 UN. REDUTOR KH 77")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256450", "043")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256450", " 05 UN. REDUTOR K77")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256442", "044")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256442", " 18 UN. REDUTOR K47")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256459", "045")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256459", " 24 UN. REDUTOR R27")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256454", "046")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256454", " 30 UN. REDUTOR R27")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256444", "047")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256444", " 38 UN.REDUTOR R27")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256451", "048")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256451", " 24 UN REDUTOR WH30")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256466", "049")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256466", " 09 UN. REDUTOR R27")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256460", "050")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256460", " 10 UN. REDUTOR R37")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256457", "051")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256457", " 04 UN. REDUTOR K77")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256468", "053")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256468", " 05 UN. REDUTOR KH 77")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256465", "054")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256465", " 09 UN. REDUTOR K77")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256446", "055")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256446", " 07 UN. REDUTOR K37")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256443", "056")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256443", " 11 UN. REDUTOR K47")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256449", "057")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256449", " 08 UN REDUTOR K77")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256471", "058")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256471", " 06 UN.REDUTOR FH 37")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256464", "059")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256464", " 11 UN. REDUTOR KA 47")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256458", "060")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256458", " 05 UN. REDUTOR KH77")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256456", "061")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256456", " 06 UN. REDUTOR K77")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256463", "062")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256463", " 4 UN . MOTOREDUTORSEW KF 37 1UN. MOTOREDUTOR SEW R47 e 1UN. MOTOREDUTOR HF37")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256476", "063")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256476", " 06 UN. REDUTOR K77")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256461", "065")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256461", " 05 UN. REDUTOR R27 DF2 80")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256467", "066")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256467", " 09 UN. REDUTOR R27 F47")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256473", "067")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256473", " LOTE PORTA E CAPO DE CARROS (VARIADAS)")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256462", "068")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256462", " 05 UN. MOINHO BOLA PEQUENO")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...185 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256472", "069")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256472", " 02 UN. MOINHO BOLA GRANDE")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>58.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256474", "070")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256474", " SUCATA DE RETROESCAVADEIRA")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...1822 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256448", "071")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256448", "[ LANCES POR KG ] APROX. 2 TON. TALHA E CABOS DE AÇO")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>1,50</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256477", "072")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256477", "[ LANCES POR KG ] APROX. 1 TON. CANOS DE AÇO INOX")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>4,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256470", "073")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256470", "[ LANCES POR KG ] APROX. 400 KG .MOTOR PARA TRANSPORTE DE EQUIPAMENTOS")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>3,50</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256475", "074")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256475", "[ LANCES POR KG ]  APROX. 400 KG. TUBULAÇÃO TUBOS DE PLASTICO (VÁRIAS MEDIDAS)")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>0,50</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256469", "075")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256469", " VW/25.320 CNC T 6X2 ANO 2009/2010 - COR BRANCA - DIESEL (COM GUINDASTE MADAL PALFINGER MOD. PK 17.001 - FUNCIOANDO)")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>180.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>