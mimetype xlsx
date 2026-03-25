--- v0 (2025-12-20)
+++ v1 (2026-03-25)
@@ -269,315 +269,279 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257725", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257725", " Lote com: 600 Unid. Kit Case Nintendo Pink - Modelo M-N3DK20 - Sem Uso")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257728", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257728", " Lote com: 600 Unid. Kit Case Nintendo Black - Modelo M-N3DK20 - Sem Uso")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257729", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257729", " Lote com: 477  Unid. Kit Case Nintendo Blue  - Modelo M-N3DK20 - Sem Uso")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257732", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257732", " Lote com: 4.000 Unid. Capas para celulares diversas em neoprene - Iphone, galaxy, Motorola etc. - Sem Uso")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257726", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257726", " Carregador de Baterias STILL TP 805")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257730", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257730", " Máquina de solda Vulcana Pro 3.200")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257727", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257727", " Lote com: 300 unid. Tomadas INDL 3 pontas - Canhão")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257733", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257733", " Lote com: Aprox. 60 unid. Monitores Diversos")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...110 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...94 lines deleted...]
-      </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257731", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257731", " Lote com: Aprox. 100 unid. Cpus Diversas")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>