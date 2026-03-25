--- v0 (2025-11-05)
+++ v1 (2026-03-25)
@@ -269,2107 +269,1847 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259189", "005")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259189", " Aproximadamente 400 peças de extensão rígida para pneu sem cãmara em latão ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259192", "006")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259192", " Lote de transformador diversos ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259179", "007")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259179", " Lote de válvulas diversos modelos ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259188", "008")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259188", " Lote de posicionador Imã e válvulas ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259182", "010")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259182", " Aproximadamente 65 Kg de eletrodo de inox ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259178", "014")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259178", " Aproximadamente 36 Kg de tela de inox")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259177", "016")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259177", " Aproximadamente 70 Kgs  de resistênica cartucho várias amperagens ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259185", "018")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259185", " Lote com: 02 peças de caixa de rolamento fcm sbma5201 caixa de rolamento hinfel 34")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259191", "024")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259191", " Aproximadamente 30 Kg de arame continuo com alma de níquel puro e revestimento de carboneto de tungstênio bitola de 5 mm")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259180", "025")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259180", " 02 peças de correia wesfalia numero 293045")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259181", "026")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259181", " Aproximadamente 23 peças de transformadores, trafos e reatores")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259193", "028")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259193", " Lote de conexões giratória ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259183", "031")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259183", " Lote com: 20 peças de rosca sem fim 2 com suporte de bronze 17 peças de parafuso inox rosca 28 peças eixo motorredutor wf ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259194", "035")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259194", "Aproximadamente 1200 peças de arruela 25x44mm e 1200 peças de parafusos")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259197", "039")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259197", "Rolo de fita refletiva com 123 cm de largura ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259198", "043")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259198", "Lote de conexões")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259199", "044")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259199", "Lote de parafusos Caterpillar - Plasser")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259200", "046")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259200", "25 peças de grampo de aterramento duplo 3/8")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259203", "049")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259203", " Lote com: 15 peças filtro secador de ar marca stauff Modelo BPS-1 A30 HB00")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259206", "050")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259206", " Ventoinha industrial com motor weg ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259209", "052")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259209", " Posicionador união brasil modelo YT - 1200RD Inupt si 3-15 psi ( 0.2-1.0kf/cm2) Sup pressure 20- 100 psig (1.4 - 7 .0 Kgf / cm )")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259201", "058")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259201", " Lote com: aproximadamente 750 peças de bornes diversos modelos ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259205", "061")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259205", " Lote com: Máquina de solda ,gerador ,unidade hidráulica ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259208", "064")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259208", " Lote consumíveis de solda ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259204", "067")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259204", " Lote de material diverso: Festo Parker Asco Siemens Cannon Rexroth")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259210", "069")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259210", "Lote com: aprox. 110 roda lixa 150x50 - vários grãos ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259212", "071")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259212", "Lote com: 03 peças de acoplamento e 01 peça de tampa acoplamento falk 1130 T 10")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259213", "074")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259213", "Lote de válvulas industriais ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259654", "079")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259654", " Lote de material eletrico ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259656", "080")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259656", " Lote com: 03 peças de cilindro de aluminio c02")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259652", "081")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259652", " Lote de reles inteligentes")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259650", "082")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259650", " Lote de modulos smar ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259671", "083")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259671", " Lote com: 24 pçs de Lâmpadas e 41 pçs de bloco born completo")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259660", "084")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259660", " Lote com: 04 painéis de teste - sem especificaçoes")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259659", "085")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259659", " Lote com: 02 peças de paineis controle interface bright blue schlage")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259666", "086")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259666", " Lote com: Aproximadamentee 340 Kg de eletrodo eutectic revestimento duro 6717 bitola de 3,25")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259663", "087")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259663", " Lote de peças para motocicletas ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259649", "088")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259649", " Lote com: Aproximadamente 63 peças de botões telemecanique Eaton blindex")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259658", "089")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259658", " Lote com: Aproximadamente 100 potes de 0,500 gramas de borotec 10009 eutectic Pó para metalização ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259668", "090")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259668", " Lote com: 01 rolo de corrente asa 40-1r-5 metros -  02 rolos de corrente c2060h c6e 8x8 - 64 elo black 4 r ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259661", "092")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259661", " Lote com: 01 motor GE modelo 28.1076.401 400 cv com rpm 1175 - 01 motor GE modelo 28.1092.09 300 cv com rpm 1172 - 01 motor mausa modelo dzb 33-24/4")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259665", "093")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259665", " Lote com: 01 compressor parafuso marca schulz modelo Srp 3100 com otor de 100 cv - 01 secador de ar compressor Schuluz modelo srs 450")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>31.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259647", "094")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259647", " Rotor de turbina a vapor - sem especificação ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259655", "095")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259655", " Lote de material informatica ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259662", "096")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259662", " Lote de peças de motocicletas ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259657", "097")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259657", " Lote material TGM ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259648", "098")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259648", " [vídeo] Lote com: Aproximadamente 6000 Kg de bombas agricolas diversas - LANCES POR KG")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>5,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259672", "099")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259672", " Lote de peças Hyundai")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259670", "100")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259670", " Lote com: 03 peças de detector de gás altair modelo 2x -04 peças de detector de gás altair pro  ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259651", "101")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259651", " Lote com: 06 peças de acopalmento elastico e 82 -02 peças de acoplamento elastico sem especificações ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...95 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259653", "102")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259653", " Lote com: 02 peças de broca dewalt  dw00727 20MM X 3/4")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259667", "103")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259667", " Lote com: 194 peças de bloco pneumatico norgren 6819wvgxg3n - 01 valvula reguladora hatlapa tc-hd-30-as 150")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259669", "104")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259669", " Lote de rolamentos")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259939", "105")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259939", "Lote de abrasivos diversos ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259940", "106")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259940", "Lote com: 30 peças de bobina de igniçâo honda fit 1.4 8 valvulas traseira  e 30 peças de cilindro mestre HB20 1.0/ 1.6")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259941", "107")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259941", "Lote com: 45 KG de arame mig de revestimento duro nicrosol ncsw 3265T E 79 peças de disco de corte de 7 polegadas marca tyrolit ")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259942", "108")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259942", "Lote com: aproximadamente 200 Kg de varetas de inox ")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259943", "109")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259943", "Lote com: aproximadamente 94 roldanas de tração de arme mig Esab/ MILLER/ EUTECTIC/ LINCON")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="E20" s="5" t="inlineStr">
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259944", "110")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259944", "Lote com: 01 peça de tocha plasma mecanizada hypertherm e 01 peça de tocha plasma manual hypertherm e 02 quilos de vareta solda alpaca bitola de 2.4 55555")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F20" s="4" t="inlineStr">
-[...826 lines deleted...]
-      <c r="E46" s="5" t="inlineStr">
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259945", "111")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259945", "Lote com: Aproximadamente 29 peças de Válvula reguladora - Parker - Número P3A EA92BEBNNP")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F46" s="4" t="inlineStr">
-[...250 lines deleted...]
-      <c r="E54" s="5" t="inlineStr">
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259946", "112")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259946", "Lote com: Aproximadamente 29 peças de Válvula reguladora - Parker - Número P3A EA92BEBNNP")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F54" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E55" s="5" t="inlineStr">
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259947", "113")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259947", "Lote com: Aproximadamente 29 peças de Válvula reguladora - Parker - Número P3A EA92BEBNNP")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F55" s="4" t="inlineStr">
-[...542 lines deleted...]
-      </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259950", "114")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259950", "Lote com: 01 válvula de retenção horizonta 4 pol. Docol - 01 válvula de retenção 1.5 pol 800 Libras - Zepponi")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259951", "115")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259951", "Triturador com mesa")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259952", "116")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259952", "Lote de peças Hyundai")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>