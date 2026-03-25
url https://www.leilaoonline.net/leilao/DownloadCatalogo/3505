--- v0 (2025-11-13)
+++ v1 (2026-03-25)
@@ -269,5915 +269,5179 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256757", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256757", " VW/FUSCA 1300 ANO 1980/1980 – COR BEGE – GASOLINA – DOCUMENTO OK. FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256759", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256759", " Cafeteiras industriais elétricas, sendo 3 peças com capacidade 5L e 1 peça dupla com capacidade 20L, todas marca Monarcha")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256762", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256762", " Cortina de ar. Comprimento 1 metro , 4 peças modelo 3010")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256761", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256761", " 3 un. Queimadores")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256760", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256760", " Pistão hidráulico. Diâmetro do eixo 50mm x diâmetro da camisa 110 mm x comprimento 1420 mm")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256765", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256765", " Bomba propulsora pneumática modelo 11020")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256763", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256763", " Aprox. 60 kgs Tubos de alumínio. Parede de 3.5 mm x 1.6 m x diâmetro externo 40 mm sendo 58 barras")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256851", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256851", "DISJUNTOR MARCA SCHNEIDER MODELO NW 20H1")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256767", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256767", " Parafusos Aprox 1000 kg. Diâmetro 10 mm x 25 mm de comprimento")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256764", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256764", " Motor Weg , acoplado com duas bombas nas extremidades. sendo; Motor de 75 cv com 1770 rpm.")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256770", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256770", " 09 un. Piso em aço carbono Dimensões 100 cm x 35 cm")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256766", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256766", " Conjunto pronto para montar uma câmara fria contendo: 01 un. condensadora Danfos; 2 portas de inox com dimensões: largura 0,80 cm x 1.80 cm de altura; 01 cortina de ar medindo 1,2m e 02 evaporadores.")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256769", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256769", " Aprox. 200 kgs – Chapa de alumínio xadrez aproximadamente para uso em 30 m quadrados dimensões de 1.00 m x 1.25 m a 3,00m x 1.25 m")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256771", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256771", " Aprox. 20.000 kg de vários perfil em aço carbono (tubos , vigas , etc)")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256772", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256772", " Motor WEG. 40 cv 1770 rpm ( sem uso)")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256778", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256778", " 02 unidades - Compressor Danfos modelo NOSH120A9ALC")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256774", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256774", " 04 unidades - Motor/ bomba centrifuga em aço inoxidável com motor Weg 3CV vazao 10 m/ hora")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256768", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256768", " Motor/ Bomba centrifuga em aco inoxidável com motor Weg 6 CV vazão 20 m/ hora")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256776", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256776", " Motor/ bomba centrifuga de inox com motor Weg 10 cv vazão 30 m/ hora")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>4.300,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256773", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256773", " Vários pistões e unidades pneumáticas. Conforme lote exposto")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256852", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256852", "DISJUNTOR MARCA SCHNEIDER MODELO MVS08N")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256777", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256777", " Motor Weg 15 CV 3525 rpm. Sem uso.")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256789", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256789", " Exaustor diâmetro de saída com 16 cm acoplado com motor de 7.5 CV. 3530 rpm ( marca VOGES).")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256779", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256779", " Calandra para perfis de chapa")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256775", "027")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256775", " Eixos roscados sendo 18 pçs ( diâmetro 38mm x 1.15 m ) e 10 pcs (diâmetro 44 mm x 2.15 m ). Galvanizados. Total aprox. 500 kg")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256785", "028")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256785", " Lavador de pecas dimensões do tanque 1.3m x 0,50m com moto/ bomba e reservatório inferior")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256787", "030")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256787", " 3 bebedouros sendo 2 marca Brastemp e 1 IBBL")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256780", "031")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256780", " 02 un. ( aprox.80 kgs) radiadores de uso em motores de geradores")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256796", "032")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256796", " 13 un. carrinhos ( azul 5 un. e galvanizados 8 un.) - azuis com 90 cm de altura x 0,50 cm largura x 0,90 cm de comprimento; galvanizados com 3 plataformas na dimensão de 1,10 cm altura x 1,00 cm de comp x 0,60 cm largura.")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256781", "033")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256781", " 05 carrinhos e aço carbono e em aço inoxidável para transportar cilindros")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256812", "035")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256812", " Caldeirão a gás 200 L")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256795", "036")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256795", " Caldeirão a gás 200 L")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256804", "037")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256804", " Caldeirão a gás em inox")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256783", "038")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256783", " Esteira estrutura em alumínio largura 0,80 m x 3.5 m comprimento com motor para acionamento.")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256809", "039")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256809", " Guarita em fibra de vidro dimensões 1.0 m x 1m x altura de 2m")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256800", "040")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256800", " Grades de aço para fechamento industrial sendo as maiores 22 pcs com dimensões : largura 1 m x altura 2.2 m e menores 13 pcs dimensões : 1,0 x 1,0 m")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256794", "042")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256794", " 02 unidades – Container plásticos sendo: azul nas dimensões altura 90 cm x 1.2 m x 80 cm e laranja altura 90 cm x 1.4 mx 80 cm")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256808", "043")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256808", " Compressor de ar pressão máxima 400 LB")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257222", "045")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257222", " Prensa pneumática com motor curso do pistão 25 cm")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256792", "046")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256792", " Esteira estrutura de alumínio com largura de 70 cm x 1.5 m com motor 1/2 CV 1560 rpm")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256813", "047")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256813", " 01 un. Balança de 500 kgs mecânica")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256784", "050")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256784", " Caçamba de 5 m. ( Necessário trocar o fundo)")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256798", "051")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256798", " Escada de alumínio com 18 degraus altura de 6m ( aprox 80 kgs)")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256788", "052")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256788", " Fritadeira elétrica")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256799", "053")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256799", " 03 uni. Pia de inox - Dimensão 2.3 m x 60 cm, Dimensão 3.5 m x 70 cm e Dimensão 2.3 x 70 cm")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256806", "054")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256806", " Batedeira marca G.Paniz com panela de inox capacidade aprox 35 lts")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256803", "055")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256803", " 03 uni. Pia de inox - Dimensão 4,4m x 70 cm, Dimensão 2,8m x 72 cm e Dimensão 2,8m x 60 cm")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256786", "056")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256786", " Fogão industrial 4 bocas")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256807", "058")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256807", " Tanque de lavagem dimensões 58 x 70 x 60 cm profundidade")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256782", "059")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256782", " Tanque para lavagem de pecas com declive dimensões 1.5 m x 50 cm")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256805", "062")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256805", " Mesa para lavagem de pecas em aço inoxidável dimensões 1,00 x 1,00 m")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256797", "064")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256797", " Fogão industrial 6 bocas em aço carbono ( necessita reparo)")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256801", "065")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256801", " 04 un. frezers – 2 horizontais e 2 verticais")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256802", "066")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256802", " Moinho para plástico marca "Rone"..com boca de 25 cm x 30 cm acompanha um conj de faca extra")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256810", "069")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256810", " Mesa para lavagem sendo a estrutura de alumínio, Dimensões 1m x 1.8 m")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256815", "072")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256815", " 04 un. Pallet de contenção para 4 tambores")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256791", "076")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256791", " Aprox. 14 un. Prateleiras 2.6 alt .com bandejas de 33 cm x 1,00 ( 7 a 9 bandejas)")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256816", "077")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256816", " 12 un. Prateleiras com 2.1 m de altura com 5 bandejas de 39 cm x 92 cm")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256790", "078")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256790", " 09 un. Prateleiras altura 2,00 m , 7 bandejas de 30 cm x 92 cm")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256814", "080")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256814", " Aprox. 2.000 un. Caixas plásticas organizadoras tamanhos dvs. Sendo; nº4 - 200 pçs, nº5 - 250 pçs, nº6 - 1.300 pçs, nº7 - 120pçs e nº 8 - 150 pçs.")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256817", "081")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256817", " Aprox. 800 un. pedras sextavadas – peso por un. 16kg - sendo utilizado 12 pçs/ m quadrado")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256820", "088")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256820", " Abraçadeira em aço Inox e 8 válvulas em aço inox")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256822", "091")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256822", " Equipamentos diversos ( catraca, relógio de ponto )")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256823", "092")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256823", " 07 un. portas em alumínio diversas")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256821", "093")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256821", " 02 un. Armário medidas 1.45 largura x 2 m de altura x 52 cm profundidade. sendo com 24 gavetas dimensões largura 45 cm x 50 cm profundidade e 20 cm profundidade")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256818", "094")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256818", " 10 un. Caixa para instalacão elétrica")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256811", "095")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256811", " Maquina de solda")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256824", "099")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256824", " 02 un. Escadas em alumínio altura 3.2 m ( 2 unidades sendo uma montada e outra desmontada)")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256819", "100")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256819", " Container de 20 pés")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256827", "105")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256827", " 03 unidades Transformador a seco")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257224", "106")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257224", " 2 escadas caracol altura 2.80 mts (sendo uma com plataforma ) ( conjunto total aprox. 5,60mts)")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256843", "107")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256843", " Escada com 20 degraus altura 6.1 mts x largura 1.9 mts ( com uma parte adicional de 1.7 mts )")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256842", "108")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256842", " Conjunto para corte de maçarico contendo um P45 GLP , tubo de oxigênio 7 mts³ , mangueira manômetros e caneta / acompanha carrinho")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256849", "111")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256849", " Bancada de aço com gaveta , altura 90 cm x largura 80 cm x comprimento 2.5 mts")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256829", "113")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256829", " Portão em ferro altura 2.7 mt x 2.9 largura com uma porta social peso estimado 200 kgs")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258865", "114")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258865", " Placas para aquecimento solar , contendo 49 placas dimensoes 1 mt x 2 mts so tenho as placas( sem uso) marca Prosol (Estrutura metalica para apoio acompanha")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>9.800,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256844", "115")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256844", " 1 Prateleira em aco carbono, ( reforcada) dimensoes altura 1.60 mts x 3.2 mts x 50 cmts")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257230", "116")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257230", " Impressora (blotter)HP design jet 8000 modelo C7780B")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256836", "117")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256836", " Amplificador Servo drive marca Fanuc")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256838", "118")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256838", " Sistema motor com redutor e carretinha acionamento com cabo de aço")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>3.900,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256846", "120")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256846", " 02 unidades Maquinas seladoras para embalagens plásticas")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>290,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256837", "121")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256837", " Motor Weg ( novo ) 7.5 CV 1740 rpm")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259410", "122")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259410", " 03 unidades -Porta ferramentas tipo gaveiteiro ( dimensôes aprox 1 x 1 mts x 1.5 mts altura com 8 gavetas")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256830", "123")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256830", " Aprox. 680 kg –  TARUGOS Aço 4140 dimensões diâmetro 5 " x 16 " ( pesa 37 kg)")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256828", "124")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256828", " Portico sem a talha braco aprox 4mts para 800kgs")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256832", "126")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256832", " Aprox. 350pçs. Pedras sextavadas de 30 cmts altura de 10 cmts")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256845", "127")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256845", "22 pçs. Valvulas de aco inox marca SPX")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256841", "128")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256841", " Braco articulado com pe direito de poste de 3 mts diametro 30cmts")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256839", "129")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256839", " 2 Portões largura 3 mts x altura 1.8 mts...armação em tubo quadrado e tela galvanizada")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256847", "131")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256847", " Carrinho para oxigênio ou afins")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256848", "132")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256848", " 12 unidades Corrimão de inox tubular comprimento aprox. 3 mts")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256840", "133")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256840", " 02 unidades Coifas em aco inox, Dimensoes quadrado de 2 mts com furo de saida com diâmetro 60 cmts . ( resistente)")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256831", "134")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256831", " Portao de ferro dimensao: comprimento 2.1x altura 2.1 mts com dois rodízios peso")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256850", "135")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256850", "02 unidades hidráulicas Reservatorio 40 x 35 x 50 cmts aproximado")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256853", "136")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256853", "BOMBA HIDRÁULICA - POWER TEAM MOD. PQ 120 SERIES  - ACOMPANHA 6 CILINDROS")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>3.900,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256854", "137")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256854", "06 PAINÉIS DIVERSOS E INVERSOR DE FREQUENCIA WEG  CFW 700  22v")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256855", "138")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256855", "EMBUTIDORA METALOGRAFICA")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256856", "139")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256856", "EMGATE")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256857", "141")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256857", "02 UNI. MODULOS DE BATERIA")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256858", "142")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256858", "ESCADA DE FERRO DE ALUMÍNIO ALTURA 1,2 MTS X  ,070 LARGURA")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256859", "143")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256859", "02 CONTAINER PLASTICOS ( VERMELHO E AZUL)")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256860", "144")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256860", "LIXADEIRA DE CINTA")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256865", "145")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256865", " AFIADORA MARCA SULAMERICA MODELO APFU 400 ANO 1985 ")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256863", "146")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256863", " GUINCHO HIDRÁULICO")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256864", "147")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256864", " CARRINHO PORTA FERRAMENTAS COM RODIZIOS ")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256867", "148")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256867", " 02 UN. MANCAIS")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256862", "149")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256862", " MESA EM AÇO CARBONO DIMENSÕES 1.7MTS X 0,70MTS COM GAVETA")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256868", "150")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256868", " 02 UN GRIFOS NUMERO 18 E 24 - GEDORE")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256861", "151")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256861", " 02 UN CAPACETES PARA TRABALHO DE AMBIENTE DE JATEMAENTO")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256866", "152")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256866", " Aprox. 680 kg – Aço 4140 dimensões diâmetro 5 " x 16 " ( pesa 37 kg)")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256869", "153")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256869", "CARRINHO SUPORTE PARA COLETA DE LIXO")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256870", "154")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256870", "03 UN. CAIXAS METÁLICAS DIMENSÕES 1,0 MTS X 90 CMTS X 70 CMTS ALTURA  - COM TAMPA LATERAL")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256872", "157")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/256872", "CONTAINER PLÁSTICO - Dimensões 1.7 mt  x comprimento x 1,0 mt de largura com.1.2 de profundidade ( ideal para acondicionar papelao e plastico) Reforcado com duas tampas")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257560", "158")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257560", " ESMERIL DE COLUNA COM MOTOR 1.5 CV/1750 RPM ")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257563", "159")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257563", " ESCADA DE FERRO COM PLATAFORMA - ALTURA 1,1 MTS X 80 CMTS DE LARGURA - 6 DEGRAIS")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257559", "160")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257559", " PRENSA PNEUMÁTICA DIÂMETRO DO PSITÃO 15CM COM CURSO 20CMTS.")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257584", "161")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257584", " 2 MESAS EM FERRO/INOX DIMENSÃOES 90CM X 1,5 MTS.")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257558", "162")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257558", " APROX. 25 UN. MANÔMETROS EM AÇO INOX")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257587", "163")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257587", " BALANÇA ELETRÔNICA MARCA MICHELETTI CAPAC. 500 KG - NO ESTADO")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257590", "164")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257590", " BALANÇA ELETRÔNICA MARCA ALFA - ELÁTRICA CAPAC. 100 KG - NO ESTADO")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257564", "165")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257564", " 03 mesas em madeira maciça com revestimento de chapa de aço ( dimensões Aprox 1 MT x 2.5 Mts)")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257582", "166")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257582", " APROX. 22 PÇS PARA ANDAIME")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>1.350,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257583", "167")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257583", " Mesa com esmeril com motor Weg sendo a mesa com 60 x 70 cmts")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257585", "168")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257585", " Cortina de ar comprimento 2 mts")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>380,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257569", "169")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257569", " LAVA LOUÇA INDUSTRIAL ECOMAS MOD. 603 - POUCO USO")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257576", "170")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257576", " 03 UN TAMBORES PARA RODA M/BEZ - 10 FUROS")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257561", "171")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257561", " 02 TESOURAS  PARA CORTAR CHAPA")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257570", "172")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257570", " 25 PCs contendo motores , talha , bombas, redutores, furadeira aproximadamente 50 CV")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257571", "173")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257571", " 10 UN. PALLETES PLÁSTICOS - 1,2 X 1,00 MTS ")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257565", "174")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257565", " APROX. 90 UN. Caixas plásticas 40x 30 x 15 cmts de altura ")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257578", "175")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257578", " 2 cilindros de gás GLP p45 ,1 cilindro de oxigênio sendo de 10 mts  1 carrinho transportador")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>2.950,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257580", "176")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257580", " 02 - SERRAS DE FITAS MARCA RONEMAK - DESMONTADAS - SEM MOTORES")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257597", "177")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257597", " 5 paletes de contenção dimensões dimensões internas 1.25 x 1.25 mts")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
-      <c r="A144" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257574", "178")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257574", " Ralo em ferro fundido 25 PCs dimensões 1.0 MT x 20 cmts largura")</f>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257595", "179")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257595", " APROX. 370 KG. CABOD DE COBRE - VARIAS BITOLAS")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257594", "180")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257594", " 03 UN. Exaustor de névoa marca Dellbro modelo 595")</f>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>6.900,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
-      <c r="A147" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257603", "181")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257603", " 19 conjuntos de ar condicionado Split e K7:")</f>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
-      <c r="A148" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257568", "182")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257568", " Transpaleteira usada no estado com altura 1500 mmm capacidade 500 kg")</f>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
-      <c r="A149" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257579", "183")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257579", " Cavalete com roldana superior ")</f>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257588", "184")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257588", " Aprox. 1.000 kg Material para desmonte ( garimpo)")</f>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
-      <c r="A151" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257593", "185")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257593", " Empilhadeira hidráulica para 500 kg - no estado")</f>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257577", "186")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257577", " 11 pçs - aprox. 80k - Grades em ferro pintadas em epóxi pretas dimensões 120 x 95 cmts x com ferro diâmetro 5 mm")</f>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
-      <c r="A153" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257573", "187")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257573", " Exaustor diâmetro interno 70 cmts c motor de 1.5 CV")</f>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
-      <c r="A154" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257591", "188")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257591", " 44 PCs Aprox 210 kg - Retalhos de aço inox 304 , espessura de 1.7 mmm x largura 25 cm x 150 cm largura ")</f>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257592", "189")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257592", " 2 bancadas de ferro , sendo 1 com dimensões: 0,90 cmts x 1,20 mts e outra 1.2 MT x 0,60 cmts sendo esta com chapa de 7 mmm toda reforçada ")</f>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
-      <c r="A156" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257567", "190")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257567", " Aprox. 135 PCs - Pontaletes com altura de 3,0 mts ( 7 x 5 , 6x5 e 10 x5 cmts ) não aparelhados")</f>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
-      <c r="A157" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257589", "191")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257589", " 2 armários com 36 gavetas cada um ( altura 1.9 x largura de 0,90 x 0,45 mts )")</f>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
-      <c r="A158" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257562", "192")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257562", " 9 prateleiras sendo : 1 ( 0,90 x 0,30 x 2,0 mts altura) 1 ( 0,90 x 0,60 x 1,60 mts altura ) , 2 com 0,90x 0,60 x 1.6 mts de altura- , 1 com 0,90 x 0,60 x 2,0 mts de altura , 2 com 0,60 x 0,90 x 1,30 mts de altura , 2 com 0,50 x 1 ,0 x 2,0 mts de altura . 3 arquivos de aço com 3 gaveta , 30 cadeiras")</f>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
-      <c r="A159" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257598", "193")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257598", " 06 caixas metálicas " pazine" sendo 02 com dimensão : 1.0 x 1.6 x 0,60 mts de altura , 02 com dimensões 0,80 x 1,0 x 0,50 mts de altura , 02 sendo 0,60 x 0,80 x 0,50 mts de altura")</f>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
-      <c r="A160" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257601", "194")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257601", " 25 eletrocalhas ( aba de 10 x 10 cmts x 3,0 mts )")</f>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257604", "195")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257604", " Cerca em arame de aco. Com 2,0 mts de altura aproximadamente 300 kg / 30 mts")</f>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
-      <c r="A162" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257586", "196")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257586", " Prensinha hidráulica manual , sendo que acompanha uma mesa de aço")</f>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
-      <c r="A163" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257581", "197")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257581", " 05 ar condicionado de parede , funcionando")</f>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
-      <c r="A164" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257602", "198")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257602", " Prensinha hidráulica manual curso 200mm , acompanha uma mesa")</f>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
-      <c r="A165" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257575", "199")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257575", " 01 Motor de arranque Perkins 12 volts e um arternador Cummins 12 volts")</f>
       </c>
       <c r="C165" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
-      <c r="A166" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257599", "200")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257599", " Exaustor marca Higrotec, vazão 600 m3/ hr com motor Weg de 2 cv")</f>
       </c>
       <c r="C166" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
-      <c r="A167" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257566", "201")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257566", " Motor redutor sew")</f>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E167" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
-      <c r="A168" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257596", "202")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257596", " 2 Balanças Filizola antiga para 20 kgs")</f>
       </c>
       <c r="C168" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
-      <c r="A169" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257572", "203")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257572", " Estabilizador de voltagem 30 kw")</f>
       </c>
       <c r="C169" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
-      <c r="A170" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257600", "204")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257600", " Freezer horizontal metalfrio largura 0,60 x 1.6 mts. ")</f>
       </c>
       <c r="C170" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
-      <c r="A171" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257928", "205")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257928", " Paquímetro mitutoyo 600 mm usado ")</f>
       </c>
       <c r="C171" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D171" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
-      <c r="A172" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257929", "206")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257929", " Traçador de altura mitutoyo. 600mmm")</f>
       </c>
       <c r="C172" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
-      <c r="A173" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257926", "207")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257926", " Inversor Power 2HP 380/ 480 V")</f>
       </c>
       <c r="C173" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
-      <c r="A174" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257938", "208")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257938", " 2 Inversores Marca "SEW" 8.8 Kva. 230 v")</f>
       </c>
       <c r="C174" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t>5.900,00</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
-      <c r="A175" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257931", "209")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257931", " Inversor Danfos. 60 HP. 480 V")</f>
       </c>
       <c r="C175" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t>7.900,00</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
-      <c r="A176" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257946", "210")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257946", " Inversor de frequência " Danfos " 5HP 480 V")</f>
       </c>
       <c r="C176" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E176" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
-      <c r="A177" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257941", "211")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257941", " Inversor de frequência marca "SEW" 10 HP 380/ 480 v")</f>
       </c>
       <c r="C177" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
-      <c r="A178" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257933", "212")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257933", " Drive marca " ABB ".")</f>
       </c>
       <c r="C178" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
-      <c r="A179" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257934", "213")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257934", " Aprox. 150KG - Varetas para solda em inox ER 308 l diâmetro 3.25mm")</f>
       </c>
       <c r="C179" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
-      <c r="A180" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257937", "214")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257937", " Exaustor/ ventilador ( novo ) marca " Allegro "")</f>
       </c>
       <c r="C180" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E180" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
-      <c r="A181" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257932", "215")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257932", " Estufa marca " metra " ate 200 graus dimensões ( 50 x 50 x 50 cmts )")</f>
       </c>
       <c r="C181" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D181" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E181" s="5" t="inlineStr">
         <is>
           <t>340,00</t>
         </is>
       </c>
       <c r="F181" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
-      <c r="A182" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257927", "216")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257927", " 4 motores de arranque sendo; 2 peças 24 vts e 2 peças 12 vts")</f>
       </c>
       <c r="C182" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D182" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E182" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F182" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
-      <c r="A183" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257942", "217")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257942", " 08 un. Chave contatora Schneider tripolar modelo LC 1F 115")</f>
       </c>
       <c r="C183" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D183" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E183" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F183" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
-      <c r="A184" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257930", "218")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257930", " Tripé em.aluminio reforçado altura 2.5 mts")</f>
       </c>
       <c r="C184" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D184" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
-      <c r="A185" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257935", "219")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257935", " 20 Lep tops marca Dell , necessário reparos teclado e monitor")</f>
       </c>
       <c r="C185" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E185" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
-      <c r="A186" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257943", "220")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257943", " 5 un. Chaves contadoras Schneider modelo LC 1D 150")</f>
       </c>
       <c r="C186" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
-      <c r="A187" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257936", "221")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257936", " 26 un. Roda de lixa , novo marca 3M , diâmetro externo 130 mm x largura 75 mm gr 150")</f>
       </c>
       <c r="C187" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D187" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E187" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
-      <c r="A188" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257944", "222")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257944", " Alicate de corte , necessário afiação tamanho total 1 mt")</f>
       </c>
       <c r="C188" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D188" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E188" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F188" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
-      <c r="A189" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257940", "223")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257940", " 1 inversor de frequência , porém faltando componentes. 15 Hp 400 V")</f>
       </c>
       <c r="C189" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D189" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E189" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F189" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
-      <c r="A190" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257945", "224")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257945", " Aprox. 30 conduletes em alumínio para uso subterrâneo , 03 chaves de conexao, 60 tomadas de conexão e diversos")</f>
       </c>
       <c r="C190" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D190" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E190" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F190" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
-      <c r="A191" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257939", "225")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257939", " Bomba de palhetas " nova"")</f>
       </c>
       <c r="C191" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D191" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E191" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F191" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
-      <c r="A192" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258861", "226")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258861", "Eixo misturador em aço inoxidável com duas hélices contendo cada uma com 3 pás ( 25 x 30 cmts ).comprimento do eixo 2.3 mts , diâmetro do eixo 5 cm , distância entre as hélices 90 cmts.")</f>
       </c>
       <c r="C192" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D192" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E192" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F192" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
-      <c r="A193" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258862", "227")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258862", "Enrolador retrátil de mangueira em aço inoxidável")</f>
       </c>
       <c r="C193" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D193" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E193" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F193" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
-      <c r="A194" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258863", "228")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258863", "Motor redutor SEW - Euro Drive sendo um de 11 kW e outro menor de  0,75 Kw")</f>
       </c>
       <c r="C194" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D194" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E194" s="5" t="inlineStr">
         <is>
           <t>4.900,00</t>
         </is>
       </c>
       <c r="F194" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>