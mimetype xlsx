--- v0 (2025-12-20)
+++ v1 (2026-03-25)
@@ -269,379 +269,335 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257068", "005")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257068", "PORTA DE VIDRO; MEDIDAS: 3,55M X 2.20M")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257063", "010")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257063", "PAINEL; MEDIDAS: 2M DE ALTURA X 3.95M DE COMPRIMENTO X 31CM DE PROFUNDIDADE")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257065", "015")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257065", "COMPRESSOR SCHULZ (FOTOS COM AS DEMAIS INFORMAÇÕES)")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257069", "016")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257069", "COMPRESSOR DE AR PEG; MODELO 18101; ANO 2011 - MAIS INFORMAÇÕES NAS FOTOS")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257064", "020")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257064", "MOTOR PARCIAL ETIOS - COM NUMERAÇÃO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257066", "022")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257066", "BLOCO DE MOTOR DUCATO DIESEL - COM NUMERAÇÃO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257067", "025")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257067", "BANCOS DE HONDA CITY")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257698", "030")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257698", "FORNO MICROONDAS; MODELO 30PX60; VOLTAGEM: 127V 60HZ; POTÊNCIA 1000W")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257699", "035")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257699", "LOTE COM 2 VÍDEOS CASSETES LG COM TVS MONITORES SAFETY VIEW")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257700", "040")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257700", "LOTE COM 1 AUXILIADOR DE PARTIDA 12V; 1 MEDIDOR DE ALTA TENSÃO E 1 MINI COMPRESSOR PORTÁTIL")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257701", "045")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257701", "LOTE COM APARELHOS ELETRÔNICOS (MAIS INFORMAÇÕES NAS ESPECIFICAÇÕES")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>