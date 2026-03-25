--- v0 (2026-02-07)
+++ v1 (2026-03-25)
@@ -269,2747 +269,2407 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257955", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257955", " BOMBA INJETORA MOTOR VOLVO D6")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257966", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257966", " CABEÇOTE MOTOR 3304")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257967", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257967", " ENXADA ROTATIVA, C 3,20m, A 0,60cm")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257969", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257969", " CABEÇOTE 3126B")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257962", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257962", " BOMBA HIDRAULICA PA CARREGADEIRA CAT 966H")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257954", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257954", " RADIADOR DE AGUA PRA DIVERSOS EQUIPAMENTOS")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257964", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257964", " EIXO DIANTEIRO 950H")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257957", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257957", " COROA DE GIRO 320D")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257965", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257965", " EIXO DIANTEIRO 966H")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257971", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257971", " RADIADOR DE AGUA 930R")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257956", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257956", " EIXO TRASEIRO JCB 3C")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257968", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257968", " LOTE COM 6 PISTOES DIVERSOS")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257958", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257958", " PAR DE PISTÃO DA DIREÇÃO 966H")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257960", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257960", " PISTÃO DA CONCHA CASE 721C")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257961", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257961", " PISTÃO DO GEMEOS 345C")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257970", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257970", " LOTE COM 5 PISTÕES DIVERSOS")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257963", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257963", " TRANSMISSÃO 950G")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257959", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257959", " MOLA DA ESTEIRA D6D")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257973", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257973", " MOTOR OM352")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257972", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257972", " EIXO TRASEIRO 966H")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257974", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257974", " PISTÃO DA LAMINA D6T")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257983", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257983", " PAR DE PISTÃO DO LEVANTE 924G")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257985", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257985", " PAR DE PISTÃO DO LEVANTE 950H")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257987", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257987", " PISTÃO DA LAMINA D6T")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257976", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257976", " PISTÃO DO GEMEOS 330C")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257975", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257975", " EIXO TRASEIRO COMPLETO JCB")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257977", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257977", " RADIADOR DE AGUA E ÓLEO FG85")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257978", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257978", " ESTICADOR DE ESTEIRA D6T")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257979", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257979", " COROA DE GIRO FX215")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257980", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257980", " PAR DE RODA GUIA COMPLETA 330")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257981", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257981", " UMA RODA GUIA HYUNDAI 210")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257982", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257982", " UMA RODA GUIA D8T")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257984", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257984", " UMA RODA GUIA 336")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257986", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257986", " UMA RODA DA 966C")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257988", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257988", " PAR DE RODA 120B")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257989", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257989", " CAPOTA 930")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257992", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257992", " UM TANQUE DE DIESEL 336D")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257990", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257990", " UMA LATA LADO ESQUERDO 320BL")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257991", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257991", " 4 PNEUS BONS 1.100X22")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257993", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257993", " UMA CABINE 312D, 320D, 336D")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257995", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257995", " CABINE 966C, WA320 E OUTRAS")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257996", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257996", " CAIXA DE FERRAMENTA 312DL")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257994", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257994", " MOTORES C-12")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257997", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257997", " MOTOR DE GIRO 320B")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257998", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257998", " BLOCO DO MOTOR C6.6")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258001", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258001", " CONVERSOR DE TORC JCB 3C")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A15" s="5" t="inlineStr">
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257999", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257999", " TROCADOR DE CALOR 950H")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258000", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258000", " VIRABREQUIM 3306")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...100 lines deleted...]
-      <c r="C18" s="4" t="inlineStr">
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258042", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258042", " RADIADOR PATROL 120B")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258045", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258045", " RADIADOR PRA DIVERSAS MAQUINAS")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258044", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258044", " RADIADOR COMPLETO L120E")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258043", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258043", " LOTE COM 4 PISTÕES DE 3M E 1 DE 1,75M")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258046", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258046", " PISTÃO TELESCOPIO DE 4 ESTAGIOS")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258047", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258047", " PISTÃO DO RETRO JCB")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258048", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258048", " PISTÃO DA PATOLA JCB")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258050", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258050", " PISTÃO DA LAMINA D8K")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258049", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258049", " PISTÃO DO LEVANTE VOLVO 210")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258057", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258057", " LOTE COM 4 PISTÕES DIVERSOS")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258052", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258052", " BANCO 320D, 312D, 336D")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D18" s="4" t="inlineStr">
-[...191 lines deleted...]
-      <c r="D24" s="4" t="inlineStr">
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258053", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258053", " CAIXA DE FERRAMENTA 336D")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258054", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258054", " TANQUE HIDRAULICO VOLVO G940")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258056", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258056", " CAIXA DE FERRAMENTA CAT 420\416")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258055", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258055", " CORRENTE DA PATROL")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258059", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258059", " COROA DA MOTRIZ PC 150")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258058", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258058", " RODA GUIA PC150")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258061", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258061", " RODA PA CARREGADEIRA L120F")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258060", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258060", " PAR DE PNEU COM RODA 1.000\24")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258062", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258062", " CAPU D6T")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258063", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258063", " EIXO DIANTEIRO VOLVO G940")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258064", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258064", "[ VÍDEO ] TRATOR DE ESTEIRA D6N ANO 2004 MOTOR 3126B OPERACIONAL")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>63</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>212.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258067", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258067", " RABICHO FIXO D6D")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E24" s="5" t="inlineStr">
+      <c r="E81" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F24" s="4" t="inlineStr">
-[...85 lines deleted...]
-      <c r="D27" s="4" t="inlineStr">
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258069", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258069", " CONCHA ESCAVADEIRA 225")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E27" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D28" s="4" t="inlineStr">
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258068", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258068", " ORBITROL 966H")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258065", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258065", " JOISTICK 924G")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258066", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258066", " EIXO ROLO MILLER")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258070", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258070", " MOTOR CUMMINS SERIE C")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258071", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258071", " CONCHA 966C")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E28" s="5" t="inlineStr">
-[...1886 lines deleted...]
-      </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258072", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258072", "[ VÍDEO ] BOMBA INJETORA 3406")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258074", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258074", " COROA REDUTOR E PINHÃO D8K")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258073", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258073", " MOTOR 3304")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258075", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258075", " CABINE JS 200")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258076", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258076", " [ LANCES POR KG ] PISTÃO (APROX. 4 TON)")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>1,80</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258078", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258078", " U E LAMINA D6T")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258077", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258077", " BOMBA DA TRANSMISSÃO D6C")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258079", "085")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258079", " BOMBA HIDRAULICA 950G")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>