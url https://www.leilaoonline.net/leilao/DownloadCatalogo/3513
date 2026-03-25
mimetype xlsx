--- v0 (2025-11-06)
+++ v1 (2026-03-25)
@@ -269,3035 +269,2659 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258882", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258882", " BOMBA INJETORA MOTOR VOLVO D6")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258892", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258892", " CABEÇOTE MOTOR 3304")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258893", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258893", " ENXADA ROTATIVA, C 3,20m, A 0,60cm")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258895", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258895", " CABEÇOTE 3126B")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258888", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258888", " BOMBA HIDRAULICA PA CARREGADEIRA CAT 966H")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258881", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258881", " RADIADOR DE AGUA PRA DIVERSOS EQUIPAMENTOS")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258890", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258890", " EIXO DIANTEIRO 950H")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258891", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258891", " EIXO DIANTEIRO 966H")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258897", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258897", " RADIADOR DE AGUA 930R")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258883", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258883", " EIXO TRASEIRO JCB 3C")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258894", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258894", " LOTE COM 6 PISTOES DIVERSOS")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258884", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258884", " PAR DE PISTÃO DA DIREÇÃO 966H")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258886", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258886", " PISTÃO DA CONCHA CASE 721C")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258887", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258887", " PISTÃO DO GEMEOS 345C")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258896", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258896", " LOTE COM 5 PISTÕES DIVERSOS")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258889", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258889", " TRANSMISSÃO 950G")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258885", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258885", " MOLA DA ESTEIRA D6D")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258899", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258899", " MOTOR OM352")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258898", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258898", " EIXO TRASEIRO 966H")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258900", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258900", " PISTÃO DA LAMINA D6T")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258909", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258909", " PAR DE PISTÃO DO LEVANTE 924G")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258911", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258911", " PAR DE PISTÃO DO LEVANTE 950H")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258913", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258913", " PISTÃO DA LAMINA D6T")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258902", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258902", " PISTÃO DO GEMEOS 330C")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258901", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258901", " EIXO TRASEIRO COMPLETO JCB")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...105 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258903", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258903", " RADIADOR DE AGUA E ÓLEO FG85")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258904", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258904", " ESTICADOR DE ESTEIRA D6T")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258905", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258905", " COROA DE GIRO FX215")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258906", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258906", " PAR DE RODA GUIA COMPLETA 330")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
+      <c r="E39" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...85 lines deleted...]
-      <c r="D20" s="4" t="inlineStr">
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258907", "031")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258907", " UMA RODA GUIA HYUNDAI 210")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258908", "032")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258908", " UMA RODA GUIA D8T")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258910", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258910", " UMA RODA GUIA 336")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258912", "034")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258912", " UMA RODA DA 966C")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258914", "035")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258914", " PAR DE RODA 120B")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258915", "036")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258915", " CAPOTA 930")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258917", "037")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258917", " UM TANQUE DE DIESEL 336D")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258916", "039")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258916", " 4 PNEUS BONS 1.100X22")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258918", "040")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258918", " UMA CABINE 312D, 320D, 336D")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258920", "041")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258920", " CABINE 966C, WA320 E OUTRAS")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E20" s="5" t="inlineStr">
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258919", "043")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258919", " MOTORES C-12")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258921", "044")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258921", " MOTOR DE GIRO 320B")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258922", "045")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258922", " BLOCO DO MOTOR C6.6")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258925", "046")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258925", " CONVERSOR DE TORC JCB 3C")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258923", "047")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258923", " TROCADOR DE CALOR 950H")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258924", "048")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258924", " VIRABREQUIM 3306")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258926", "049")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258926", " RADIADOR PATROL 120B")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258929", "050")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258929", " RADIADOR PRA DIVERSAS MAQUINAS")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258928", "051")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258928", " RADIADOR COMPLETO L120E")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258927", "052")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258927", " LOTE COM 4 PISTÕES DE 3M E 1 DE 1,75M")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F20" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D21" s="4" t="inlineStr">
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258930", "053")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258930", " PISTÃO TELESCOPIO DE 4 ESTAGIOS")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258931", "054")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258931", " PISTÃO DO RETRO JCB")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E21" s="5" t="inlineStr">
+      <c r="E61" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
-      <c r="F21" s="4" t="inlineStr">
-[...262 lines deleted...]
-      <c r="A30" s="5" t="inlineStr">
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258932", "055")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258932", " PISTÃO DA PATOLA JCB")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258934", "056")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258934", " PISTÃO DA LAMINA D8K")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258933", "057")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258933", " PISTÃO DO LEVANTE VOLVO 210")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258937", "058")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258937", " LOTE COM 4 PISTÕES DIVERSOS")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258935", "061")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258935", " TANQUE HIDRAULICO VOLVO G940")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258936", "063")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258936", " CORRENTE DA PATROL")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258939", "064")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258939", " COROA DA MOTRIZ PC 150")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258938", "065")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258938", " RODA GUIA PC150")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258941", "066")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258941", " RODA PA CARREGADEIRA L120F")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258940", "067")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258940", " PAR DE PNEU COM RODA 1.000\24")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258942", "068")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258942", " CAPU D6T")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258943", "069")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258943", " EIXO DIANTEIRO VOLVO G940")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258944", "070")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258944", "[ VÍDEO ] TRATOR DE ESTEIRA D6N ANO 2004 MOTOR 3126B OPERACIONAL")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>180.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258947", "071")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258947", " RABICHO FIXO D6D")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258949", "072")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258949", " CONCHA ESCAVADEIRA 225")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258948", "073")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258948", " ORBITROL 966H")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258945", "074")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258945", " JOISTICK 924G")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258946", "075")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258946", " EIXO ROLO MILLER")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258950", "076")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258950", " MOTOR CUMMINS SERIE C")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
-      <c r="B30" s="4" t="inlineStr">
-[...282 lines deleted...]
-      <c r="A39" s="5" t="inlineStr">
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258951", "077")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258951", " CONCHA 966C")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258952", "078")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258952", "[ VÍDEO ] BOMBA INJETORA 3406")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258954", "079")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258954", " COROA REDUTOR E PINHÃO D8K")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258953", "080")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258953", " MOTOR 3304")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258955", "081")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258955", " CABINE JS 200")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258956", "082")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258956", " [ LANCES POR KG ] PISTÃO (APROX. 4 TON)")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>1,80</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258958", "083")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258958", " U E LAMINA D6T")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258957", "084")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258957", " BOMBA DA TRANSMISSÃO D6C")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258959", "085")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258959", " BOMBA HIDRAULICA 950G")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259282", "086")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259282", " CABEÇOTE 3406")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259283", "087")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259283", " MOTOR DE GIRO COM REDUTOR PATROL 120H,135H, 140H")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259286", "088")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259286", " ESCARIFICADOR PATROL 135H")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259287", "089")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259287", " MOTOR CUMMINS SERIE C FUNCIONANDO E COMPLETO")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="B39" s="4" t="inlineStr">
-[...1741 lines deleted...]
-      </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>8.250,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259285", "090")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259285", " MOTOR MWM 229 FUNCIONANDO")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259289", "091")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259289", " RADIADOR COMPLETO PATROL 135H")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259284", "092")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259284", " EIXO DIANTEIRO PATROL 135H")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259288", "093")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259288", " H DA CONCHA JCB 3C")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259290", "094")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259290", " CABEÇA DE CAVALO JCB 3C")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259291", "095")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259291", " PAR DE PATOLA JCB 3C")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259292", "096")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259292", " LANÇA DO RETRO 416E")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259293", "097")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259293", " LANÇA DO RETRO JCB 3C")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259407", "098")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259407", "BOMBA NEWSCROLL INJEÇÃO DIRETA")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259408", "099")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259408", "CABEÇOTE 3306 COM PLACA")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259409", "100")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259409", "VIRABREQUIM 3306 M 0,50 B STD")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>