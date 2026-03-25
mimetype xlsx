--- v0 (2025-10-13)
+++ v1 (2026-03-25)
@@ -269,2331 +269,2043 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257651", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257651", " PLANTADEIRA DE CANA MARCA SOLLUS")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257637", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257637", " TANQUE FERRO CAP. 20.000L")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257655", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257655", " ABANADEIRA DE CAFÉ ANTIGA FUNCIONANDO COM MOTOR ELÉTRICO 7,5 CV")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...68 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257696", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257696", " ENSILADEIRA CAPIM/CANA/MILHO MARCA MENTA")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257640", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257640", "[ VÍDEO ] CALCAREADEIRA DE COXO CAP. 1.000KG")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257645", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257645", " SECADORA DE CAFÉ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257639", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257639", " CALCAREADEIRA IKEDA CP. 2.000KG")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257629", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257629", " MÁQUINA BATEDEIRA FEIJÃO/AMENDOIN")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257653", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257653", " MÁQUINA COLHEDORA MILHO/SOJA/ARROZ ET4")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257638", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257638", " PODADEIRA CITRUS MARCA IFLÓ (LATERAL)")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257634", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257634", " TANQUE FERRO CAP. 6.000L")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257642", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257642", " 2 SILOS P/ GRÃOS")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257648", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257648", " PODADEIRA CITRUS MARCA IFLÓ (TOPO)")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257632", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257632", " TANQUE ESPARGIDOR P/ PICHE CAP. 4.000L")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257628", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257628", " TANQUE FERRO CAP. 8.000L")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257649", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257649", " TANQUE SOBRE RODAS CAP. 3.000L")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257641", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257641", " CARRETEL IRRIGAÇÃO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>5.600,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257636", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257636", " BAZUCA CAP. 8.000KG PARA GRÃOS")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>5.200,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257635", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257635", " GRADE ROME CONTROLE REMOTO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257688", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257688", " RECOLHEDORA CAFÉ VICON")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257678", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257678", " PLANTADEIRA JUMIL 8 LINHAS (PLANTIO DIRETO)")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>5.600,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257633", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257633", " ENLEIRADOR DE CAFÉ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257643", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257643", " TANQUE FIDO 3.000L")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257631", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257631", " RECOLHEDORA CAFÉ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257630", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257630", " ROÇADEIRA DE ARAMASTO RODA DE FERRO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257646", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257646", " ENLEIRADOR DE CAFÉ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257652", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257652", " PLANTADEIRA SEMENTE 5 LINHAS")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257647", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257647", " ROÇADEIRA DUPLO KAMAQ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257644", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257644", " TANQUE SOBRE RODAS CAP. 4.000L")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257650", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257650", " PLANTADEIRA TATU 7 LINHAS")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>5.600,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257675", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257675", " CONJUNTO LAMINA (POR BAIXO)")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257662", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257662", " PLANTADEIRA HIDRAULICO SEMENTE 2 LINHAS")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257667", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257667", " ENSILADEIRA NOGUEIRA PECUS 9004")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257693", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257693", " LOTE COM ADUBADEIRAS DE HIDRAULICO DIVERSAS MARCAS CONTENDO5 PEÇAS")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257683", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257683", " DEBULHADOR MILHO/FEIJÃO JUMIL")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257666", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257666", " CONCHA DIANTEIRA C/ SUPORTE")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
-[...68 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257665", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257665", " PLATAFORMA DE HIDRAULICO")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257656", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257656", " SOPRADOR/ARRUADOR P/ CAFÉ MARCA IFLÓ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257661", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257661", " TANQUE FIBRA CAP. 1.500L")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257663", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257663", " AFOFADOR MANDIOCA MARCA IKEDA")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>4.600,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257672", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257672", " LOTE DE PISTÕES HIDRAULICOS DIVERSOS 11 PEÇAS")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257664", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257664", " TRITURADOR NOGUEIRA E MISTURADOR DE RAÇÃO")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257670", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257670", " ARADO TATÚ 03 DIVERSAS")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257680", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257680", " ENSILADEIRA CREMASSO")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.350,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257654", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257654", " 02 ROÇADEIRAS")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.850,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257659", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257659", " CAÇAMBA TANQUE 2.000L DIESEL TANQUE 1.000L")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.650,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257685", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257685", " 02 ARADOS REVERSIVEL")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257695", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257695", " 02 PLANTADEIRAS DE CAPIM")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.850,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257668", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257668", " PLANTADEIRA DE INVERNO")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1.850,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257673", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257673", " ARADO 03 AIVECAS MASCHIETO")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1.650,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257660", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257660", " ROLO FACA")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.650,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257658", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257658", " ROÇADEIRA KAMAQ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257669", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257669", " LOTE COM SUCATAS DE SOPRADORES/ARRUADORES P/CAFÉ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257676", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257676", " CARRETA 4 RODAS CAP. 6 TON.")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="E19" s="5" t="inlineStr">
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257679", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257679", " ARRUADOR/ENLEIRADOR 02 DISCOS")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.850,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257677", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257677", " TANQUE CAP. 5.000L DE FERRO")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.850,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257691", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257691", " TRITURADOR/PICADOR CAPIM MENTA MIT 600")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
-      <c r="F19" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E20" s="5" t="inlineStr">
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257674", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257674", " ROÇADEIRA DUPLA BOLDIN")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>2.950,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257692", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257692", " CHASSI DE TANQUE")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257671", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257671", " LOTE PNEUS E RODAS DIVERSOS")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257682", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257682", " SUPORTE DE CONCHA E LAMINA PARA TRATOR JOHNN DEERE NOVO")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257657", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257657", " GARFO/RASTELO ENLEIRADOR")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257681", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257681", " CONJUNTO LAMINACOMPLETO")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
-      <c r="F20" s="4" t="inlineStr">
-[...112 lines deleted...]
-      <c r="C24" s="4" t="inlineStr">
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257686", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257686", " BALANÇA PESAR BOI")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257684", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257684", " LOTE BOMBAS DIVERSOS")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257694", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257694", " LOTE DE REDUTORES DIVERSOS (AGRICOLAS E INDUSTRIAIS)")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.650,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257690", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257690", " PARTES PEÇAS RETROESCAVADEIRA (SUCATA)")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257689", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257689", " VAGONETAS PARA TRANSPORTE DE CAFÉ")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257687", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257687", " PICADOR CAPIM/ MISTURADOR RAÇÃO/ MOINHO")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257721", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257721", "ARADO IKEDA 4 HASTES")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>4.100,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257723", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257723", "[ VÍDEO ] FORA DE ESTRADA - CAMINHÃO PIPA - VW/13.180 ANO 1985 - TANQUE GASCON 8.000 LITROS COM BOMBA ")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D24" s="4" t="inlineStr">
+      <c r="D81" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E24" s="5" t="inlineStr">
-[...1822 lines deleted...]
-      </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259412", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259412", "[ VÍDEO ] (SUCATA) FORD/F 600 - SEM DIRETO A DOCUMENTAÇÃO")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>12.650,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>