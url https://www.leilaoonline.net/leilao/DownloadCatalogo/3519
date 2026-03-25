--- v0 (2025-12-20)
+++ v1 (2026-03-25)
@@ -269,2171 +269,1903 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257877", "10779")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257877", " APROX. 37 PEÇAS DE SUCATA DE VOLANTE, EMBREAGEM (DIVERSOS) - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257925", "10780")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257925", " APROX. 85 PEÇAS DE SUCATA DE DISCO DO CORTE DE BASE - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257869", "10781")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257869", " 8 TANQUES DIESEL BH 180 - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257866", "10782")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257866", " APROX. 1.200 KG DE SUCATA DE PEÇAS DIVERSAS BH224 - (LANCE POR KG) - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>2.760,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257873", "10783")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257873", " PLAINA STARPLAN 5000 - FR8689 - ANO 2011 - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257867", "10784")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257867", " APROX. 6 SUCATAS DE EIXOS DE CARRETA RANDON E 9 SUCATAS DE SEMI EIXO CAMINHÃO VOLVO - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257876", "10785")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257876", " 2 CAPÔ JOHN DEERE 8370R - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257868", "10786")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257868", " 4 PLAINAS/ LÂMINAS - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>3.600,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257870", "10787")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257870", " 5 BOCAS DE CARREGADEIRAS DIVERSOS - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257879", "10788")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257879", " 12 ROSCAS SEM FIM (NOVAS) - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257874", "10789")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257874", " 1 EIXO DIANTEIRO KOMBI; 20 MOLAS SAVEIRO (NOVAS) E 4 PEÇAS - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257872", "10790")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257872", " TRATOR VALTRA BH 180 4X4 - ANO 2012 - FR505335 - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257871", "10791")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257871", "CAMINHONETE IVECO/DCAMPO3513 4X4CC - ANO 2006/2006 - BRANCA - COM ESCADA BASCULANTE - FR945500 - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257878", "10792")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257878", "CAMINHÃO MERCEDES BENZ/2726 K6X4 - ANO 2009/2009 - BRANCA - CARROCERIA TRANSBORDO - FR121358 - - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>77</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>117.123,45</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257882", "10793")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257882", "MOTO HONDA/ NXR160 BROS ESDD - ANO 2017/2018 - VERMELHA - FR980203 - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>9.750,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257880", "10794")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257880", " PÁ CARREGADEIRA CATERPILLAR 938GII - ANO 2006 - FR601485 - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>90</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257884", "10795")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257884", " TRATOR VALTRA BH 180 4X4 - ANO 2012 - FR505325 - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>102.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257875", "10796")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257875", " CARROCERIA - TRANSBORDO SERMAG - FR121503 - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257881", "10797")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257881", " CARREGADEIRA MF 290RA - ANO 1988 - FR402260 - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257883", "10798")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257883", " CARREGADEIRA MF 290RA 4X4 - ANO 1983 - FR402341 - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>81.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257891", "10799")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257891", " CARREGADEIRA MF 290RA 4X4 - ANO 1983 - 402342 - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>81.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257886", "10902")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257886", " 1 CARROCERIA FUEIRO - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257893", "10903")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257893", "REBOQUE CAMAQ CPC - ANO 1986/1987 - AMARELA; E CONJ. IRRIG. HIDRO R ML125/400 PN10T N/M - FR240032/FR210225 - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257889", "10906")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257889", "REBOQUE CAMAQ CIC - ANO 1987/1987 - AMARELA; E CONJ. IRRIG. METAL LAVRAS C/ MOTOR - FR240000/FR210221 - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257910", "10907")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257910", " BOMBA DE ABESTECIMENTO - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257887", "10908")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257887", " 1 BOCA PÁ BAGAÇO 938 - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257888", "10909")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257888", " 2 CABINE ABS E 1 CABINE MB2726 - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257899", "10910")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257899", " 2 CAPOTA TRATOR JOHN DEERE 6110 (NOVA) - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>4.100,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257885", "10911")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257885", " 4 IMPLEMENTOS ( ESTRUTURA) - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257890", "10912")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257890", " 6 IMPLEMENTOS ( ESTRUTURA) - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257892", "10913")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257892", " 6 IMPLEMENTOS ( ESTRUTURA) - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257894", "10914")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257894", " 5 BARRINHAS QUADRICICLO - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257897", "10915")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257897", " 58 ALONGADOR DE EIXOS DIVERSOS - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>12.450,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257896", "10916")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257896", " 10 PNEUS 20.8-38 MONTADO NAS RODAS; E 4 PNEUS 12.4-36 MONTADO NAS RODAS - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>88</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>38.900,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257895", "10917")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257895", " 24 PNEUS 385/65R MONTADO NAS RODAS - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257903", "10918")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257903", " APROX. 33.000 KG DE SUCATA DE CAMPANAS - (LANCE POR KG) - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>66.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257898", "10919")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257898", " APROX. 238 PEÇAS DE SUCATA DE RODAS COM AROS - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>31.900,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257901", "10920")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257901", " APROX. 16 PEÇAS DE SUCATA DE RADIADORES DIVERSOS - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257902", "10921")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257902", " APROX. 14 PEÇAS DE TIRANTES DIVERSOS (NOVOS) - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257914", "10922")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257914", " APROX. 17 SUCATA DE CILINDROS HIDRÁULICOS DIVERSOS - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257905", "10923")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257905", " APROX. 9 PEÇAS DE SUCATA DE MÁQUINAS PNEUMÁTICAS - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257912", "10924")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257912", " LOTE DE SUCATA CONTENDO: 1 TANQUE HIDRÁULICO BH224, 1 BLOCO DE MOTOR MWM 6.10T, 1 MOTOR SAVEIRO PARCIAL E 1 CUBO REDUÇÃO FINAL - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257907", "10925")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257907", " APROX. 24 PEÇAS DE SUCATA DE COMPRESSORES DE A/C DIVERSOS - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257906", "10926")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257906", " APROX. 500 KG DE SUCATA DE COMPONENTES HIDRÁULICOS E PNEUMÁTICOS - (LANCE POR KG) - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257904", "10927")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257904", " APROX. 6.500 KG DE SUCATA DE COLAR DE ESTEIRA - (LANCE POR KG) - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>10.400,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257911", "10928")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257911", " APROX. 9.500 KG DE SUCATA DE FAQUINHA E FACÃO - (LANCE POR KG) - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>15.200,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257900", "10929")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257900", " APROX. 700 KG DE SUCATA DE TALISCA ESTEIRA DA COLHEDORA - (LANCE POR KG) - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>1.120,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257915", "10930")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257915", " APROX. 16 PEÇAS DE SUCATA DE ALTERADORES DIVERSOS; E 31 PEÇAS DE SUCATA DE MOTORES DE PARTIDA DIVERSOS - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>3.950,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257913", "10931")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257913", " APROX. 37 PEÇAS DE SUCATA DE MANCAIS DE ROLO - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257909", "10932")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257909", " APROX. 9.000 KG DE SUCATA DE MOLA - (LANCE POR KG) - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>23.400,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257908", "10933")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257908", " APROX. 6.000 KG DE SUCATA DE ROLAMENTO - (LANCE POR KG) - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>7.200,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257919", "10934")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257919", " APROX. 970 KG DE SUCATA DE TALISCA ELEVADOR DA COLHEDORA - (LANCE POR KG) - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>1.455,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257920", "10935")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257920", " APROX. 5.000 KG DE SUCATA DE MATERIAIS DIVERSOS - (LANCE POR KG) - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257916", "10936")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257916", " APROX. 24 SAPATAS QUINTA RODA DIVERSOS - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257921", "10937")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257921", " APROX. 3 SUCATAS DE TANQUE DE ÁGUA E 2 SUCATAS DE CAIXA DE FERRAMENTA PARA CARROCERIA - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257918", "10938")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257918", " APROX. 1 CAIXA DE SUCATA DE PEÇAS DE INFORMÁTICA DIVERSAS - LOC. ARIRANHA/SP")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257917", "10955")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257917", " APROX. 200 SUCATAS DE RODAS 1.100 - LOC. PALESTINA/SP")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257924", "10956")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257924", " APROX. 144 PEÇAS DE SUCATA DE CONTAINER IBC 1000L - LOC. PALESTINA/SP")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>17.050,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257922", "10957")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257922", " APROX. 4.800 KG DE SUCATA DE ROLETES DE COLHEDORA - (LANCE POR KG) - LOC. PALESTINA/SP")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>7.680,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257923", "10958")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257923", "  APROX. 2.430 KG DE SUCATA DE ALUMÍNIO - (LANCE POR KG) - LOC. PALESTINA/SP")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>15.309,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257947", "10959")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257947", "APROX. 8 PEÇAS DE SUCATA DE LINKS DE COLHEDORA - LOC. SANTA ALBERTINA/ SP")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>3.400,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257948", "10960")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257948", "APROX. 20 PEÇAS DE SUCATA DE RODAS GUIA - LOC. SANTA ALBERTINA/ SP")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257949", "10961")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257949", "APROX. 2.250 KG DE SUCATA DE BORRACHA (BOJO) - (LANCE POR KG) - LOC. SANTA ALBERTINA/ SP")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>1.462,50</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>0.05</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257950", "10962")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257950", "APROX. 30 PEÇAS DE SUCATA DE CONTAINER IBC 1000L  - LOC. SANTA ALBERTINA/ SP")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>4.400,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257951", "10963")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257951", "APROX. 12 PEÇAS DE SUCATA DE CABEÇALHOS - LOC. SANTA ALBERTINA/ SP")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257952", "10964")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257952", "APROX. 90 PEÇAS DE SUCATA DE EMBREAGENS - LOC. SANTA ALBERTINA/ SP")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>5.250,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257953", "10965")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/257953", "APROX. 3.500 KG DE SUCATA DE CAMPANAS - (LANCE POR KG) - LOC. SANTA ALBERTINA/ SP")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>6.300,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>