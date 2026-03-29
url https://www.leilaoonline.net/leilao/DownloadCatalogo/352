--- v0 (2026-02-12)
+++ v1 (2026-03-29)
@@ -269,2715 +269,2379 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15454", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15454", " TURBINA A VAPOR, tipo Z50AKZ TURBINAS S.A.Z50")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15465", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15465", " VÁLVULA ANGULAR 40" , VÁLVULA ANGULAR 24"")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15460", "010")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15460", " COZEDOR 01 (capacidade de 150 hectolitros)")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15474", "013")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15474", " TRANSP TALISCA 16; COMPR APROX.: 50 M")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15484", "014")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15484", " SOPRADOR RETRATIL")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15496", "017")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15496", " 6 INVERSORES DE FREQUENCIA,IHM ATLAS COPCO E MULTIMEDIDOR (CONFORME RELAÇÃO EM ANEXO)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15697", "018")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15697", "LOTE COM APROX. 7.172 UNIDADES DE SLING NOVAS (DETALHES DE MEDIDAS EM ANEXO.) ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>38.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15698", "019")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15698", "LOTE COM APROX. 7.172 UNIDADES DE SLING NOVAS. (DETALHES DE MEDIDAS EM ANEXO.) ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>38.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15699", "020")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15699", "LOTE COM APROX. 1067 SLINGS USADAS.(DETALHES DE MEDIDAS EM ANEXO)")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15469", "029")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15469", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 FROTA: 100686 ANO: 1999")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15463", "032")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15463", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 FROTA: 500282 ANO: 1999")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15456", "035")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15456", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 FROTA: 300282 ANO: 1998")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15447", "040")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15447", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 FROTA: 100688 ANO: 1999")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15479", "041")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15479", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 FROTA: 100689 ANO: 1999")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15467", "042")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15467", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 FROTA: 500273 ANO: 1999")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15449", "044")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15449", " TRANSBORDO CANAVIEIRO SERMAG SRT-8000 FROTA: 300281 ANO: 1998")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15448", "052")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15448", " CARRETA RECOLH. FARDO ANDERSON TSR-3450 FROTA: 601271 ANO: 2013")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15466", "056")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15466", " ENFARDADORA DE PALHA KRONE BIG PACK 1290 ANO: 2012 FROTA: 601111 PRECHOP ENFARDADORA  BIG PACK ANO: 2012 FROTA: 601147")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15455", "057")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15455", " ENFARDADORA DE PALHA KRONE BIG PACK 1290 ANO: 2012 FROTA: 601112 PRECHOP ENFARDADORA  BIG PACK ANO: 2012 FROTA: 601146")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15450", "058")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15450", " ENFARDADORA DE PALHA KRONE BIG PACK 1290 ANO: 2014 FROTA: 601326 PRECHOP ENFARDADORA  BIG PACK ANO: 2012")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>59.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15445", "059")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15445", " ENFARDADORA DE PALHA KRONE BIG PACK 1290 ANO:2012 PRECHOP ENFARDADORA  BIG PACK")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15457", "060")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15457", " ENFARDADORA DE PALHA KRONE BIG PACK 1290 ANO: 2012 FROTA: 601110 PRECHOP ENFARDADORA  BIG PACK ANO: 2012")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15491", "061")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15491", " ALEIRADOR DE PALHA H5980 NEW HOLLAND FROTA: 601118 ANO: 2012")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15488", "062")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15488", " ALEIRADOR DE PALHA H5980 NEW HOLLAND FROTA: 601120 ANO: 2012")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15495", "063")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15495", " ALEIRADOR DE PALHA H5980 NEW HOLLAND FROTA: 601116 ANO: 2012")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15476", "064")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15476", " ALEIRADOR DE PALHA H5980 NEW HOLLAND FROTA: 601117 ANO: 2012")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15462", "065")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15462", " ALEIRADOR DE PALHA H5980 NEW HOLLAND FROTA: 601119 ANO: 2012")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15473", "085")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15473", " ELETRO-BOMBA IRRIGABRAS C/ MOTOR ELÉTRICO WEG 125 CV ANO:1997 FROTA: 600106 ELETRO-BOMBA IRRIGABRAS C/ MOTOR ELÉTRICO WEG 125 CV ANO: 1997 FROTA: 600098")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15461", "089")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15461", " JULIETA ABRIGO FROTA: 600323 ANO: 1984")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15486", "090")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15486", " JULIETA CARGA SECA FRUEHAUF FROTA: 100010 ANO: 1982")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15485", "093")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15485", " IMPLEMENTO COM PÁ PARA TRATOR")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>4.800,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15494", "099")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15494", " JULIETA CANAVIEIRA TECTRAN CANA INTEIRA FROTA: 300148 ANO: 1997")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15481", "100")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15481", " CARROCERIA CANA PICADA FROTA: 601074")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15487", "101")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15487", " CARROCERIA CANA PICADA FROTA: 601071")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15483", "102")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15483", " CARROCERIA CANA PICADA FROTA: 300753")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15458", "103")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15458", " CARROCERIA CANA PICADA FROTA: 601072")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15471", "113")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15471", " JULIETA CANAVIEIRA TECTRAN CANA INTEIRA FROTA: 300154 ANO: 1997")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15452", "115")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15452", " JULIETA CANAVIEIRA TECTRAN CANA INTEIRA FROTA: 300152 ANO: 1997")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>3.300,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15446", "116")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15446", " JULIETA CANAVIEIRA RANDON CANA INTEIRA FROTA: 300161 ANO: 1997")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>3.300,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15453", "121")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15453", " MOTOR YANNMAR (SÉRIE W05442)")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15468", "124")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15468", " PLANTADORA CANA PICADA  ADUBO LIQ. DMB PCP-6000 FROTA: 600964 ANO: 2009")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15493", "125")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15493", " PLANTADORA CANA PICADA  ADUBO LIQ. DMB PCP-6000 FROTA: 600757 ANO: 2008")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15482", "126")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15482", " PLANTADORA CANA PICADA  ADUBO LIQ. DMB PCP-6000 FROTA: 601003 ANO: 2010")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15451", "127")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15451", " PLANTADORA CANA PICADA  ADUBO LIQ. DMB PCP-6000 FROTA: 600596 ANO: 2007")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15475", "128")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15475", " PLANTADORA CANA PICADA  ADUBO LIQ. DMB PCP-6000 FROTA: 600756 ANO: 2008")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15459", "129")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15459", " PLANTADORA CANA PICADA  ADUBO LIQ. DMB PCP-6000 FROTA: 600595 ANO: 2007")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15492", "130")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15492", " PLANTADORA CANA PICADA  ADUBO LIQ. DMB PCP-6000 FROTA: 600963 ANO: 2009")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>14.250,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15489", "131")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15489", " PLANTADORA CANA PICADA  ADUBO LIQ. DMB PCP-6000 FROTA: 600758 ANO: 2008")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15478", "132")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15478", " PLANTADORA CANA PICADA  ADUBO LIQ. DMB PCP-6000 FROTA: 601004 ANO: 2010")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15464", "133")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15464", " PLANTADORA CANA PICADA  ADUBO LIQ. DMB PCP-6000 FROTA: 601038 ANO: 2011")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>15.250,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15470", "135")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15470", " PLANTADORA CANA PICADA  ADUBO LIQ. DMB PCP-6000 FROTA: 600755 ANO: 2008")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15497", "136")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15497", " PLANTADORA CANA PICADA  ADUBO LIQ. DMB PCP-6000 FROTA: 601040 ANO: 2011")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>16.250,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15472", "137")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15472", " PLANTADORA CANA PICADA  ADUBO LIQ. DMB PCP-6000 FROTA: 601005 ANO: 2010")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>18.750,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15498", "138")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15498", " PLANTADORA CANA PICADA  ADUBO LIQ. DMB PCP-6000 FROTA: 601039 ANO: 2011")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15501", "139")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15501", " PLANTADORA CANA PICADA  ADUBO LIQ. DMB PCP-6000 FROTA: 600962 ANO: 2009")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15499", "140")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15499", " CARROCERIA CANA PICADA FROTA: 300755")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15648", "141")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15648", " FILTROS AUTOMOTIVOS DIVERSOS NOVOV")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15650", "143")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15650", " PEÇAS COLHEDORA JOHN DEERE DIVERSAS NOVAS")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15645", "144")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15645", " PEÇAS DIVERSAS CAMINHÕES/ONIBUS/FORD/VWC/MB")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...20 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15649", "147")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15649", " PEÇAS P/PULVERIZADORES/ROLAMENTOS/RETENTORES NOVOS")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15653", "148")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15653", " PEÇAS VOLVO DIVERSAS NOVAS")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15652", "149")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15652", " PEÇAS CAMECO DIVERSAS NOVAS/RECON")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15646", "150")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15646", " PEÇAS IMPLEMENTOS JACTO/MARCHESAN/RANDOS DIVERSAS NOVAS")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15647", "151")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15647", " PEÇAS TRATORES NEW HOLLAND NOVAS/RECOND")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15651", "152")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15651", " PEÇAS COLHEDORA CASE NOVAS")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15626", "153")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15626", " PEÇAS P/BOMBAS DIVERSAS NOVAS")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15630", "154")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15630", " PLACAS FILTRANTES ZETA PLUS")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15618", "155")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15618", " MATERIAIS DIVERSOS NOVOS")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15624", "156")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15624", " PEÇAS ELETRICAS DIVERSAS NOVAS")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15623", "157")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15623", " DIVERSOS NOVOS RETENTOR/GAXETA/PNEUMATICA")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15633", "158")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15633", " MATERIAIS DIVERSOS  DE MOENDA NOVOS")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15627", "159")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15627", " VALVULAS/VEDAÇÃO/TURBINA DIVERSAS NOVAS")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15628", "160")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15628", " MATERIAIS DIVERSOS PARA BOMBAS NOVOS")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15622", "161")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15622", " MATERIAIS DIVERSOS PARA CENTRIFUGA/HVT/SIEMENS/GEA NOVOS")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15621", "162")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15621", " PEÇAS P/CENTRIFUGAS/MAQ COSTURA NOVAS")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15644", "164")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15644", " ROLOS COLHEDORA CASE NOVAS")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15639", "167")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15639", " MATERIAIS NOVOS PARA REDUTORES DIVERSOS")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15641", "168")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15641", " MATERIAIS ELETRICOS DIVERSOS NOVOS")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15643", "169")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15643", " MATERIAIS NOVOS DIVERSOS PARA BOMBAS")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15640", "170")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15640", " MATERIAIS NOVOS MAUSA/CODISTIL/DEDINI/AKZ/TURBIMAQ")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15629", "171")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15629", " MATERIAIS NOVOS CIVA/KSB/JUNTAS/MATISA/SEW/NETZSCH")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15634", "172")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15634", " MATERIAIS NOVOS DIVERSOS PARA VALVULAS")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15631", "173")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15631", " MATERIAIS DIVERSOS DEMUTH/ATLAS/CALDERARIA NOVOS")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...2494 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15635", "182")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15635", " MATERIAIS DIVERSOS DE LABORATORIO NO ESTADO (P")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>