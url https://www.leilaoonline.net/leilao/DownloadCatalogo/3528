--- v0 (2025-12-20)
+++ v1 (2026-03-25)
@@ -269,891 +269,783 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258546", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258546", " PÁ CARREGADEIRA CATERPILLAR MOD. 938F ANO 1997")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258543", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258543", " TRATOR DE PNEUS MASSEY FERGUSON MOD. 275 ANO 1984")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258545", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258545", " TRATOR DE PNEUS FORD/NEW HOLLAND MOD. MOD.4630 ANO 1994")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258554", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258554", " ESCAVADEIRA CATERPILLAR MOD. 336D ANO 2010")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>280.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258548", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258548", " CARROCERIA DE MADEIRA MARCA MADEVALE")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258571", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258571", " IMPLEMENTO TANQUE AMARELO CAPACIDADE 2.000 LITROS ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258547", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258547", " IMPLEMENTO COMBOIO MARCA GASCON MOD. P62493A")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258551", "011")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258551", " PERFURATRIZ MARCA LOMBARDI")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258553", "013")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258553", " 09 UN. ROLETES - JOHN DEERE MOD. CB1513326")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258555", "014")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258555", " 02 UN. PISTÕES PLANTADEIRA MB MARCA MOCDROL MOD. 4004084")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258544", "015")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258544", " 06 UN. PISTÕES ESTÁGIOS MARCA MOCDROL MOD. 40009282")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258556", "016")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258556", " 02 UN. PNEUS TRELLEBORG MOD. 710/70R38")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258550", "017")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258550", " 01 UN. PNEU TRELLEBORG MOD. 850/60R38")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258549", "018")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258549", " 02 UN. RODAS COLHEITADEIRAS MASSEY FERGUSON ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258552", "019")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258552", " 02 UN. RODAS DE TRATOR LINHA 700 MASSEY FERGUSON MOD. 6304287M91")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258557", "020")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258557", "CAMINHÃO M.BENZ/L1513  ANO 1973/1973 - COR VERMELHA - DIESEL - GUINDASTE  3,5 TON")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>69.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258558", "030")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258558", " ESCAVADEIRA KOMATSUMOD. PC200 ANO 2009")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>147.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258561", "031")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258561", " TANQUE JAFIP CAPAC. 9.000 LITROS ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...20 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258562", "032")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258562", " PRANCHA REBOQUE / LENÇOIS ANO 2002/2002 - COR AMARELA - 2 EIXOS")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258559", "033")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258559", " TANQUE INOX CAPAC. 8.000 LITROS")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258560", "034")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258560", " TANQUE CAPAC. 14.000 LITROS")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>5.400,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258565", "035")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258565", " COMPACTADOR PLANALTO ANO 2010")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258569", "036")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258569", " COMPACTADOR PLANALTO ANO 2010")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258567", "037")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258567", " COMPACTADOR PLANALTO ANO 2010")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258568", "040")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258568", " HYUNDAI /HR HDB ANO 2010/2011 - DIESEL - COR BRANCA")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
+      <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...702 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258564", "041")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258564", " FORA DE ESTADA - SCANIA / R470 ANO 2007 6X4 - AUTOMÁTICO / CAÇAMBA BASCULANTE MEIA CANA MARCA ROSSETTI ANO 2008")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>85.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258570", "043")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258570", "CARROCERIA BORRACHARIA GASCOM ANO 2012")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>