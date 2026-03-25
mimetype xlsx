--- v0 (2025-11-10)
+++ v1 (2026-03-25)
@@ -269,891 +269,783 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258572", "004")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258572", " DUMPER BASCULANTE MOTORIZADO  MARCA TOBATA TRAÇÃO 4x4")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258573", "005")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258573", " GIRO ZERO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258574", "010")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258574", " REBOQUE - ESTRUTURA DE PAINEL DE MENSAGEM VARIAVEL - ano 2010")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258576", "011")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258576", " REBOQUE - ESTRUTURA DE PAINEL DE MENSAGEM VARIAVEL - Ano 2010")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258578", "012")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258578", " CARRETINHA AGRICOLA")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258575", "015")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258575", " ROCADEIRA - ARRASTRO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258577", "019")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258577", " MOTONIVELADORA XCMG ANO 2012")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258579", "031")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258579", " TANQUE COMBOIO LDA")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258580", "033")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258580", " MOTOR SCÂNIA")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258581", "034")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258581", " CARRETINHA CONVIVÊNCIA COM BANHEIRO - ARTESANAL")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258582", "035")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258582", " VIBROACABADORA DE ASFALTO CIBER MOD. CIBER 12 ANO 1989")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258584", "036")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258584", " TORNO MECÂNICO IRAN")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258585", "038")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258585", " 03 UNIDADES PNEU DE MAQUINA USADO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258590", "040")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258590", " 37 UNDADES CONES DE SINALIZAÇÃO - BARRIL E PEQUENOS -")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258586", "041")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258586", " CARROCEREIA METÁLICA ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258591", "042")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258591", " CARROCEREIA METÁLICA - ENVESP")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258583", "043")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258583", " CARROCEREIA METÁLICA - ENVESP")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258587", "044")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258587", " CARROCEREIA METÁLICA - ENVESP")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258588", "045")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258588", " CARROCEREIA METÁLICA - ENVESP")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258589", "047")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258589", " 04 UNIDADES ESTRUTURA METÁLICA DE TANQUE")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258592", "048")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258592", "CAMINHÃO PLATAFORMA VW/8.150E DELIVERY ANO 2009/2009 / COR BRANCA /DIESEL  ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>135.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258593", "049")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258593", "[ VÍDEO ] PÁ CARREGADEIRA XCMG MOD. ZL30BR ANO 2017")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>180.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258594", "050")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258594", "APROX. 15 MESAS DE ESCRITORIO DESMONTADAS ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258597", "051")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258597", "[ VÍDEO ] MÁQUINA DE JATO DE GRANALHA PARA 500 KG GRANALHA - FEBRATEC MOD. WB6")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258596", "053")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258596", " 11 UN. ARMARIO DE ESCRITORIO")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258598", "054")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258598", " 04 UN. BALCÃO DE RECEPÇÃO , 03 PEÇAS DE TOTEM")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258595", "057")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258595", " AQUECEDOR A GÁS")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>