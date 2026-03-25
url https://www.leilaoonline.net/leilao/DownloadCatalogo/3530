--- v0 (2025-10-10)
+++ v1 (2026-03-25)
@@ -269,1915 +269,1679 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258622", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258622", " Autolabor-laboratório móvel")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258627", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258627", " Ar Condicionado-9.000 BTU-Evaporadora e Condensadora")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>240,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258599", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258599", " Ar Condicionado Bi-Split- 24.000 BTU-Fujitsu-Condensadora 2 Evaporadoras")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>390,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258610", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258610", " Agarras(KIT 13 agarras) para escaladas com fixadores")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258600", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258600", " Batedeira Britânia Sem Uso-220 VOLTS")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258602", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258602", " Banquetas, alto padrão (2 unidades)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258629", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258629", " Cadeira de Alumínio Semi Nova")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258604", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258604", " Coletes(3 unidades)")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258623", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258623", " Câmeras, cocinete, grampeador tapeceiro......")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258625", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258625", " Conjunto Didático de Automação Predial")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258618", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258618", " 8 un. - Contrapesopara Ombrelone Auto Equip.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258603", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258603", " Dispensers(16 unidades) -vários modelos")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258620", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258620", " Detector fluido refrigeração(5 unidades)")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258606", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258606", " Expositor giratório de bolos e tortas Frilux-220 VOLTS FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258609", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258609", "Frigobar Consul/Eletrodomésticos e Escova Secadora Soft e outros")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258631", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258631", " Estufa com 10 bandejas - Funcionando-220 VOLTS")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258630", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258630", " Fechadura Biométrica digital Adel")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>380,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258628", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258628", " FIAT/FIORINO 1.4 ANO 2014/2015 - FLEX- COR BRANCA - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258635", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258635", " Geladeira Visacooler, 3 prateleiras")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>480,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258608", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258608", " Geladeira Visacooler, 3 prateleiras")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258617", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258617", " Geladeira aço inox 4 portas - 220 volts")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258605", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258605", " Guarda Roupa 5 portas ORNARE - NOVO ainda embalado.")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258619", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258619", " Gabinete(L:69,5xA:36x44,5 prof./Cuba Deca(32x35)/Torneira Deca /Pedras acabamento")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258637", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258637", " Gabinete Rosa Laqueado(A:0,40xL:77,3xP:54,2)")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258611", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258611", " Impressoras Epson, HP e outros(sem a estante)-10 unidades")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258607", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258607", " 7 Interface de Comando Industrial")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258636", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258636", " Janela de banheiro em alumínio-37,5 x 1,07 altura")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>390,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258612", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258612", " Janela de alumínio com veneziana de rolo-1,45x1,56 altura")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258621", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258621", " Máquina de escrever-Funcionando-Olivetti LINEA 98")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258632", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258632", " Laboratório Móvel Autolabor")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258624", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258624", " Malas 2(Samsonite/0.78X0.49 cm")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258634", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258634", " Mesa automática de Trabalho")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258601", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258601", " Mesa redonda c/ 4 cadeiras brancas")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258613", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258613", " Mesinha de Canto Azul c/dourado")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258616", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258616", " Microondas(2 unidades) - Consul")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258615", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258615", " Máquina de Salgados - Marca Indiana-Funcionando")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258633", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258633", " Mini Cilindro Disco de Pizza-Marca Eco-Toda em Inox-Funcionando")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>9.800,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258614", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258614", " Mesa de Ferro c/ 6 cadeiras tampo em vidro")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258626", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258626", " Parquinho desmontado-2 balanços, 1 escorregador e 2 escadas horizontal")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258641", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258641", " Persiana Branca Romana-L:2,63xA:2,00")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>280,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258638", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258638", " Porta 82cm, com barra de apoio, chave e guarnição")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258643", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258643", " Projetor para TV, embutir no forro s/uso/com motor e braço articulado")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258645", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258645", " Porta Papel e Cinzeiro")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258640", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258640", " Placas e Acessórios")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258644", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258644", " Réguas de tomadas com cabo PP-3x6mm e tomada industrial(6 unidades)")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>280,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258639", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258639", " Réguas com tomadas, cabo PP- 3x6mm e tomada industrial (6 unidades)")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>280,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258649", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258649", " Resfriador de água-ECO ER- 400 Litros-220 VOLTS- Funcionando")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>6.800,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258642", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258642", " Sucata TV 50" PHILIPS")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258646", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258646", " Tapete Roxo 2 x 1.50cm")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258653", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258653", " Vaso sanitário Deca")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258650", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258650", " Velas philips(2 unidades)")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258652", "053")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258652", " Ventilador de coluna Ventisilva(3 unidades)")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>280,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258648", "054")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258648", " Xbox 360- 2 jogos, 1 controle sem fio, 1 guitarra -  (sem uso)")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>380,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...57 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258647", "055")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/258647", " Xbox 360, Playstation, 4 jogos e rádio com CD MP3")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259912", "056")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259912", "Toners diversos usados")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...441 lines deleted...]
-      <c r="F28" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260030", "057")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260030", "VW/GOL CL 1.6 MI  ANO 1998/1999 GASOLINA COR BRANCA- FUNCIONANDO (no estado)")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260032", "058")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260032", "TOYOTA/RAV4 ANO 2001/2002 - GASOLINA - COR PRATA")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-[...1246 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260035", "059")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260035", "TOYOTA /HILUX CD4 4X2 SRV - ANO 2007/2008 - COR CINZA - DIESEL ")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260036", "060")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260036", "JETSKI/YAMAHA")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>