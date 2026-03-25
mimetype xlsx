--- v0 (2025-12-20)
+++ v1 (2026-03-25)
@@ -269,475 +269,419 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259217", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259217", " Caminhão VW 9.150 2011/2012 - Caçamba Obs.: Motor completo desmontado se encontra junto com o veículo.")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>64</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>78.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259219", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259219", " Vw Saveiro TL MBVS 2017/2018")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>31.200,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259216", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259216", " Trator John Deere 5078e 2018")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>88</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>113.200,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259218", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259218", " Trator John Deere 5078e 2018 - Desmontado")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>67</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>67.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259220", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259220", " Retroescavadeira CAT 416 E 2009")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>77.400,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259222", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259222", " 04 Pneus sem uso - continental")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259221", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259221", " 04 Pneus sem uso - continental")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259226", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259226", " 02 Pneus sem uso - continental ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259224", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259224", " Sucatas de ar condicionado")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259225", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259225", " Lombadas de borracha, móveis, painéis")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259228", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259228", " Sucata de monitores, celulares e cpus - 60 peças")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...68 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259227", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259227", " Sucatas de geladeiras, escadas e micro-ondas")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259223", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259223", " Cadeiras com braço escamoteavel para auditório e móveis")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
-[...318 lines deleted...]
-      </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259756", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259756", "Paleteira Manual")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>