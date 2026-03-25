--- v0 (2025-12-20)
+++ v1 (2026-03-25)
@@ -269,571 +269,503 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259677", "020")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259677", "veja o vídeo!! VW/NOVA SAVEIRO TL MBVS; 2019/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259676", "025")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259676", "veja o vídeo!! HONDA/CIVIC LXR; 2013/2014; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259397", "030")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259397", "veja o vídeo!! I/M. BENZ SLK 250 CGI; 2014/2014; VERMELHA; GASOLINA - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>140.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259401", "035")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259401", "veja o vídeo!! VW/GOL 1.0L MC4; 2019/2020; BRANCO; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>31.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259411", "040")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259411", "veja o vídeo!! CHEV/ONIX PLUS JOY; 2019/2020; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>43.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259396", "045")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259396", "veja o vídeo!! HONDA/HR-V EXL CVT; 2021/2021; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>92.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259400", "050")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259400", "veja o vídeo!! FIAT/PUNTO ATTRACTIVE; 2014/2015; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259404", "055")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259404", "veja o vídeo!! KIA/SPORTAGE; 2013/2014; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>49.250,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259678", "057")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259678", "veja o vídeo!! CHEVROLET/ONIX 1.0MT LS; 2015/2016; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259403", "060")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259403", "veja o vídeo!! I/TOYOTA HILUX CD4X4 SRV; 2007/2008; PRETA; DIESEL - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259395", "065")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259395", "veja o vídeo!! I/HONDA CR-V EXL; 2008/2008; PRATA; GASOLINA - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259402", "070")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259402", "veja o vídeo!! RENAULT/SANDERO PR1616VA; 2011/2012; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259394", "075")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259394", "veja o vídeo!! I/BMW M135I; 2015/2016; AZUL; GAS. - FUNC. - APROX. 47.000KM - FIPE R$ 195.072,00")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...68 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>125.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259399", "080")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259399", "veja o vídeo!! HONDA/HR-V EX CVT; 2019/2020; BRANCA; ALCO./GASOL. - FUNC. - IPVA 2024 OK")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>76.250,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...57 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259398", "085")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259398", "veja o vídeo!! IVECO/DAILYCITY3813 VAN; 2006/2006; BRANCA; DIESEL - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>26.250,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...222 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259406", "090")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259406", "FIAT/DUCATO COMBINATO; ANO 2001; SUCATA - FIM DE VIDA ÚTIL, SEM DIREITO A DOCUMENTO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259405", "095")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259405", "I/VOLVO XC60 3.0TDYNAMIC; 2011/2011; CINZA; GASOLINA - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>