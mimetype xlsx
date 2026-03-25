--- v0 (2026-02-07)
+++ v1 (2026-03-25)
@@ -269,1211 +269,1063 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259962", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259962", " GRUPO GERADOR STEMAC 400KVA WEG MOTOR CUMMINS ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>63.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259965", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259965", " COMPRESSOR INCOMAR TIPO BITZER")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>280,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259967", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259967", " COMPRESSOR INCOMAR TIPO BITZER ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>280,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259969", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259969", " COMPRESSOR BITZER")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>280,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259968", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259968", " ELEVADOR MONTA CARGA PLATAFORMA 1X1M X 2,85M ALTURA X 600KG")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259970", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259970", " TUNEL DE ENCOLHIMENTO WELDOTRON 550 X 250CM")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259963", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259963", " PLAINA DE MESA OMIL")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>12.600,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259964", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259964", " SELADORA TERMO ENCOLHÍVEL TECTRON CKB40")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259972", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259972", " SELADORA TERMO ENCOLHÍVEL DAL PACK 500")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259971", "012")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259971", " BOBINADOR E DESBOBINADOR ELÉTRICO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>3.150,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259966", "013")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259966", " PISTA DE PATINAÇÃO NO GELO SINTÉTICA ECOLÓGICA 150M² JÁ DESMONTADA")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259975", "018")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259975", " AGITADOR DE PENEIRAS VIBRATÓRIO PRODUTESTE TELASTEM 6 ESTÁGIOS")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>4.900,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259973", "019")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259973", " MÁQUINA PARA FECHAMENTO DE CAIXAS DE PAPELÃO COM FITA ADESIVA MARCA CYKLOP")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259974", "020")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259974", " SERRA DE FITA HORIZONTAL ROMARFRA 250MM")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>15.400,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259976", "021")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259976", " SERRA DE FITA HORIZONTAL ETT 250MM")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259983", "022")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259983", " BOMBA DE ENGRENAGEM 3 CV SEM USO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259978", "023")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259978", " CARRINHO PALETEIRO EM AÇO INÓX")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259982", "025")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259982", " TRANSPALETEIRA MANUAL 165CM 800KG")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>2.450,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259977", "026")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259977", " BOMBA DE VÁCUO EDWARDS E2M5 0,5CV")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259979", "027")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259979", " PRENSA BALANCIM DE CORTE HIDRÁULICO POPPI")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>4.550,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259981", "028")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259981", " PRENSA BALANCIM DE CORTE HIDRÁULICO POPPI")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>4.550,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259980", "029")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259980", " MÁQUINA DE COSTURA VIGORELLI")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>280,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259984", "030")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259984", " MÁQUINA PARA CORTAR VERGALHÃO ATÉ 7/8'' SOMAR")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259987", "031")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259987", " DOBRADEIRA MANUAL 1 METRO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>3.150,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259989", "032")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259989", " RACK FECHADO SERVIDOR C80 CM X L115 CM X H215 CM - CÓD. 1531")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259986", "033")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259986", " ARMÁRIO COM VENTILAÇÃO COM PRATELEIRAS DE INÓX")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1.050,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259985", "034")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259985", " BATEDOR MISTURADOR PLANETÁRIA AÇO INÓX")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259990", "035")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259990", " BANCADA DE FERRO 160 X 75 X 76 CM")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>420,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259988", "036")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259988", " FURADEIRA DE COLUNA")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>3.150,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259991", "037")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259991", " TORNO MECÂNICO DE BANCADA SANCHES BLANES ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>5.250,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259992", "038")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259992", " GRAB CLAMSHELL PORTUÁRIO BATELÃO CONCHA 0,5M3 ")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259994", "039")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259994", " ESCADA DE ALUMÍNIO DUPLA EXTENSÍVEL 17 DEGRAUS ATINGINDO ATÉ 8M")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259995", "043")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259995", " MOTOBOMBA KSB MOTOR 40 CV")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259993", "045")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259993", " MOTOBOMBA KSB MOTOR 40 CV")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259998", "046")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259998", " MOTOBOMBA KSB MOTOR 40 CV")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259997", "047")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259997", " EQUIPAMENTOS ELÉTRICOS DIVERSOS")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259996", "048")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/259996", " ENCARTELADORA SKIN RAL-TEC")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>