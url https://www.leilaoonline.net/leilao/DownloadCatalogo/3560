--- v0 (2025-10-10)
+++ v1 (2026-03-25)
@@ -269,2235 +269,1959 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260424", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260424", "CAMINHONETE LIMUSINE. DIESEL. ANO 1990. EM FUNCIONAMENTO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262570", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262570", "SUZUKI INTRUDER 125 ANO 2006, COR PRETA,  DOCUMENTOS EM ORDEM, FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>2.450,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262571", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262571", " LOTE C/ 20 GARRAFAS DE CACHAÇA/ BANANA")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260437", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260437", " 01- ADEGA DE MADEIRA")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...43 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260400", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260400", " Lote Contendo 80 Unidades de Latas de Tintas Epóxi Renner e Weg, Conforme fotos.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260430", "009")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260430", "[ VÍDEO ] MESANINO CONTENDO LOTE C/ APROX 50 CAIXAS E 180 SACOS  DE DIVERSOS ITENS, SENDO BRINQUEDOS E PARTES, JOGOS,  MATERIAL ESCOLAR, BIJOUTERIAS , ITENS DE BAZAR, ELETRÔNICOS ENTRE OUTROS, SEM USO E USADOS, APROX 15.000 UNIDADES")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260431", "010")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260431", "[ VÍDEOS ] PRATELEIRA / EXPOSITORA C/ BARRIL DISTRIBUIDOS EM 04 MÓDULOS FRONTAIS")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262572", "011")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262572", " LOTE C/ 20 GARRAFAS DE CACHAÇA/ BANANA")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260445", "012")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260445", "CICLOMOTOR GARELLI ORIGINAL ANTIGA ANO 1979 PLACA AMARELA, FUNCIONANDO, SEM DOC. RELÍQUIA P/ COLECIONADORES, VEIC. ORNAMENTAL P/ EVENTOS DE ANTIGUIDADES.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260433", "018")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260433", " Lote Contendo 05 Cintos de Segurança em Alturas Tipo Paraquedista Torino Light e outros .")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260434", "019")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260434", " LOTE DE ACESSÓRIOS P/ MOTOCICLETA HONDA SHADOW")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260435", "020")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260435", " Lote Contendo 05 Cintos de Segurança em Alturas Tipo Paraquedista Torino Light e outros .")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262573", "021")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262573", " LOTE C/ 20 GARRAFAS DE CACHAÇA/ BANANA")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260403", "022")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260403", " Lote Contendo 05 Cintos de Segurança em Alturas Tipo Paraquedista.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260410", "024")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260410", " Lote Contendo 05 Cintos de Segurança em Alturas Tipo Paraquedista.")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260409", "025")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260409", " Lote Contendo 05 Cintos de Segurança em Alturas Tipo Paraquedista.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260405", "026")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260405", " 01- Travaquedas Retrátil Athenas de 10 metros em Cabo de Aço")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260407", "027")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260407", " 01- Travaquedas Retrátil Athenas de 10 metros em Cabo de Aço")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260404", "028")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260404", " 01- Travaquedas Retrátil Athenas de 10 metros em Cabo de Aço")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260421", "029")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260421", "Lote  Contendo Aprox. 60  Cintos de Luxo, (Couro/Corino) diversos tamanhos ,cores e modelos, conforme fotos.( C-17)")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>160,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262574", "030")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262574", " LOTE C/ 20 GARRAFAS DE CACHAÇA/ BANANA")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260402", "031")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260402", " Lote : Contendo Trenas, conforme fotos.( C-03)")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260439", "032")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260439", " Lote Contendo 05 Cintos de Segurança em Alturas Tipo Paraquedista Torino Light e outros .")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260436", "033")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260436", " CILINDRO C/ CABEÇOTE E PISTÃO DE YAMAHA DT-200, CONFORME FOTOS")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260427", "034")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260427", "[ VÍDEO ] LOTE CONTENDO DIVERSOS ÍTENS P/ CENÁRIOS DE FESTA INFANTIL E ENFEITE DE DIVERSOS AMBIENTES EM GERAL.")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260438", "036")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260438", " 01- CRISTALEIRA CONTENDO DIVERSOS BRINQUEDOS ANTIGOS DA DÉCADA DE 1980 /90 , ENTRE ELES O RARÍSSIMO 01 "FURACÃO" DA ESTRELA, 02 "ROBÔ PERCIVAL",  CAIXAS DE MÚSICA E OUTROS, CONFORME FOTOS.")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>355,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260428", "037")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260428", "LOTE CONTENDO  PEÇAS DE HARLEY DAVIDSON")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260429", "038")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260429", " 03 Caixas grandes contendo itens para festas e eventos. (Sem uso).")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
+      <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>155,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260440", "039")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260440", " LOTE CONTENDO 100 UNIDADES DE FRASCO DE COQUETEL DE VODKA DIVERSOS SABORES; LIMÃO, PÊSSEGO, MARACUJÁ, MENTA, MORANGO , CANELINHA")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260432", "040")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260432", " 02 RESERVATÓRIOS DE INOX PARA ARMAZENAR CACHAÇA, OU OUTRAS BEBIDAS COM TORNEIRAS E SUPORTE SE PAREDE, PRONTAS PARA USO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260399", "041")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260399", " Lote  Contendo 60 Unidades de Braceletes de metal Dourado, conforme fotos.( C-05)")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260426", "042")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260426", "LOTE FORMADO POR 02- ADEGAS (MADEIRA NOBRE) , P/ GARRAFAS DE BEBIDAS")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...53 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260441", "043")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260441", " Lote  Contendo 110 Itens, sendo;  Braceletes, Presilhas de de cabelo (metal) e Tiras de cabelos. conforme fotos.( C-06)")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260401", "047")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260401", " Lote  Contendo 20 Controles Diversos marcas e modelos, conforme fotos.( C-08)")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260444", "049")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260444", " Lote  Contendo 50 Frascos de Cola, de diversos tamanhos, ( C-09)")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260406", "057")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260406", " Lote C/ Diversos itens de conforme fotos. ( C-13)")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...437 lines deleted...]
-      <c r="C30" s="4" t="inlineStr">
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260408", "059")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260408", " Lote C/20 Garrafas de CACHAÇA YPIÓCA LEMON  ( limão) 1L Cada. (CACHAÇA DE COLEÇÃO).")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260417", "086")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260417", "500 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS:  PORQUINHOS, COELHINHOS, CARRINHO FUSCA E BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260420", "087")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260420", " LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D30" s="4" t="inlineStr">
+      <c r="D49" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E30" s="5" t="inlineStr">
-[...53 lines deleted...]
-      <c r="C32" s="4" t="inlineStr">
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>201,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260419", "089")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260419", " LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D32" s="4" t="inlineStr">
+      <c r="D50" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E32" s="5" t="inlineStr">
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>201,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260418", "091")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260418", " LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>201,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260413", "093")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260413", "500 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS:  PORQUINHOS, COELHINHOS, CARRINHO FUSCA E BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260415", "095")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260415", "500 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS:  PORQUINHOS, COELHINHOS, CARRINHO FUSCA E BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260412", "097")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260412", " LOTE C/ 30 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F32" s="4" t="inlineStr">
-[...176 lines deleted...]
-      <c r="C38" s="4" t="inlineStr">
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260416", "099")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260416", " LOTE C/ 30 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260414", "101")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260414", " LOTE C/ 30 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/261899", "103")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/261899", " LOTE CONTENDO APROX. 200 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/261897", "105")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/261897", " LOTE CONTENDO APROX. 200 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/261898", "107")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/261898", " LOTE CONTENDO APROX. 200 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/261900", "109")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/261900", " LOTE CONTENDO APROX. 200 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D38" s="4" t="inlineStr">
+      <c r="D60" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E38" s="5" t="inlineStr">
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260422", "110")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260422", " LOTE CONTENDO 180  KITS DE BATRA FANCY BINDI INDIANO, FINE TOUCH EXCLUSIVE, VÁRIOS MODELOS, ( SEM USO). CONFORME FOTOS.")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260425", "113")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260425", " LOTE C/ 100 UNIDADES DE BONECOS  "MONSTRO DA ANUIDADE" DA ESTRELA, 20 CENTÍMETROS,  MARCA ESTRELA ORIGINAL, DE  ESTOQUE ANTIGO DE ÉPOCA RARIDADE  P/ COLECIONADORES ( SEM USO, NA EMBALAGEM).")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/261893", "114")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/261893", " LOTE CONTENDO 20 GARRAFAS DE CACHAÇA DE ALAMBIQUE ARTESANAL.")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/261891", "115")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/261891", " LOTE CONTENDO 20 GARRAFAS DE CACHAÇA DE ALAMBIQUE ARTESANAL.")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/261896", "116")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/261896", " LOTE CONTENDO 20 GARRAFAS DE CACHAÇA DE ALAMBIQUE ARTESANAL.")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/261890", "117")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/261890", " LOTE CONTENDO 20 GARRAFAS DE CACHAÇA DE ALAMBIQUE ARTESANAL.")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260443", "119")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260443", " Lote  Contendo 60 Unidades de Braceletes de metal Dourado, conforme fotos.( C-05)")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/261889", "120")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/261889", " LOTE CONTENDO 20 GARRAFAS DE CACHAÇA PRATA DE ALAMBIQUE ARTESANAL.")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260442", "122")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260442", " Lote  Contendo 60 Unidades de Braceletes de metal Dourado, conforme fotos.( C-05)")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260448", "123")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260448", " LOTE CONTENDO 180  KITS DE BATRA FANCY BINDI INDIANO, FINE TOUCH EXCLUSIVE, VÁRIOS MODELOS, ( SEM USO). CONFORME FOTOS.")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
         <is>
           <t>155,00</t>
         </is>
       </c>
-      <c r="F38" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="E41" s="5" t="inlineStr">
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/261895", "124")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/261895", " LOTE CONTENDO 20 GARRAFAS DE CACHAÇA PRATA DE ALAMBIQUE ARTESANAL.")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260447", "125")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260447", " LOTE CONTENDO 180  KITS DE BATRA FANCY BINDI INDIANO, FINE TOUCH EXCLUSIVE, VÁRIOS MODELOS, ( SEM USO). CONFORME FOTOS.")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F41" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E43" s="5" t="inlineStr">
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/261892", "126")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/261892", " LOTE CONTENDO 20 GARRAFAS DE CACHAÇA PRATA DE ALAMBIQUE ARTESANAL.")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260449", "127")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260449", " LOTE CONTENDO 180  KITS DE BATRA FANCY BINDI INDIANO, FINE TOUCH EXCLUSIVE, VÁRIOS MODELOS, ( SEM USO). CONFORME FOTOS.")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F43" s="4" t="inlineStr">
-[...990 lines deleted...]
-      </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260452", "128")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260452", " LOTE CONTENDO APROX. 500 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>490,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260451", "129")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260451", " LOTE CONTENDO APROX. 500 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>490,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260450", "130")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260450", " LOTE CONTENDO APROX. 500 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>490,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/261894", "131")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/261894", " LOTE CONTENDO 20 GARRAFAS DE CACHAÇA PRATA DE ALAMBIQUE ARTESANAL.")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262575", "132")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262575", " LOTE C/ 20 GARRAFAS DE CACHAÇA/ BANANA")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>