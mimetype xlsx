--- v0 (2025-11-13)
+++ v1 (2026-03-25)
@@ -269,1851 +269,1623 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262645", "1000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262645", "[ VÍDEOS ] FORD / F75 ANO 1977/1977. 4X4. DIREÇÃO HIDRÁULICA - GASOLINA - COR BEGE - DOC. OK")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260664", "1001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260664", "[ VÍDEOS ] TRATOR ESTEIRA CATERPILLAR MOD.D4E PS  ANO 1988 - TORK - BOMBA BOSCH - RODANTE BOM ESTADO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260660", "1002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260660", "[ VÍDEO ] PÁ CARREGADEIRA MICHIGAN MOD. 75III ANO 1979")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260702", "1003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260702", "[ VÍDEO ] ROLO COMPACTADOR  DYNAPAC MOD. CA15 - ANO APROX. 1995")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260662", "1004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260662", "[ VÍDEO ] PÁ CARREGADEIRA FIATALLIS MOD. 1900 ANO APROX. 1978 - TRANSMISSÃO 28000 - MOTOR M/BENZ - TURBINADO - FUNCIONANDO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260657", "1005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260657", "[ VÍDEO ] ROLO COMPACTADOR BOMAG MOD. BW211D-40 ANO 2014 - KIT PATA ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>250.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262648", "1006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262648", "[ VÍDEO ] MINICARREGADEIRA KUBOTA  MOD. U30  ANO 2012  - FUNCIONANDO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>95.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260713", "1007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260713", "[ VÍDEO ] PÁ CARREGADEIRA MICHIGAN  MOD.55A ANO 1982")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>95.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260676", "1008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260676", "{ VÍDEO ] YAMAHA / RD135 ANO 1989/1989  - COR BRANCA - GASOLINA")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260704", "1009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260704", "TRATOR MASSEY FERGUSON MOD. 290 ANO APROX. ANO 1988 - 4X2 PNEUS NOVOS -COM ROÇADEIRA")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>48.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260665", "1011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260665", "[ VÍDEO ] PÁ CARREGADEIRA CATERPILLAR MOD. 938H ANO 2008")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>190.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260712", "1012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260712", "[ VÍDEO ] PÁ CARREGADEIRA  DOOSAN MOD. SD200 ANO 2015 - APROX. 4.800 HRS.")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>165.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260705", "1013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260705", "TRATOR FORD MOD. 4600 ANO APROX. ANO 1980 -COM ROÇADEIRA")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>39.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260716", "1014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260716", "[ VÍDEO ] MOTONIVELADORA XCMG MOD. GR180 ANO 2010")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>155.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260654", "1015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260654", "[ VÍDEO ] PÁ CARREGADEIRA CASE MOD. W20E ANO APROX. 2002")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>180.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260706", "1016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260706", "[ VÍDEO ] PÁ CARREGADEIRA NEW HOLLAND MOD. W170 ANO 2013")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>180.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260678", "1017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260678", "[ VÍDEO ] Motoniveladora Caterpillar mod.120H. Cabinada. Ano 1998")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>235.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260666", "1018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260666", "[ VÍDEO ] PÁ CARREGADEIRA FIATALLIS MOD. 1900B ANO APROX. 1982 - MOTOR MB / TRANSMISSÃO CLARK 28000")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260677", "1019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260677", "Carreta Bin para transporte de laranja ano 2008")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260707", "1020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260707", "[ VÍDEOS ] VIBROACABADORA TICEL ANO 2012 - FUNCIONANDO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>290.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260717", "1021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260717", "TRATOR ENGESA ANO 1990 -  MOTOR CUMMINS - FUNCIONANDO")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>225.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260658", "1022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260658", "[ VÍDEO ] ESCAVADEIRA KOMATSU MOD. PC200 ANO 2005")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260718", "1023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260718", "[ VÍDEOS ] MOTONIVELADORA KOMATSU .MOD. 855 ANO APROX. 1992 - MOTOR CUMMINS - RIPPER TRASEIRO - FUNCIONANDO")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>95.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260668", "1024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260668", "LÂMINA DIANTEIRA PARA TRATOR C/ PISTÃO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/261901", "1025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/261901", "CONCHA CATERPILLAR 924G")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260683", "1026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260683", "[ VÍDEO ] TRATOR ESTEIRA  NEW HOLLAND MOD. 7D ANO 2015  - OPERACIONAL")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>280.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260684", "1027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260684", "[ VÍDEO ] PÁ CARREGADEIRA KOMATSU MOD. WA200 ANO 2012")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>220.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260663", "1028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260663", "ROLO DE ARRASTO")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260674", "1029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260674", "[ VÍDEO ] ESCAVADEIRA CATERPILLAR MOD.302.7D ANO 2014")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260719", "1030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260719", "[ VÍDEO ] MINICARREGADEIRA NEW HOLLAND MOD. 220 ANO 2011  - FUNCIONANDO")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>95.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260667", "1032")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260667", "[ VÍDEO ] GAIOLA ANO 2023 - MOTOR AP FLUXO CRUZADO / GASOLINA / CÂMBIO DE KOMBI DIESEL / TANQUE INOX / INJEÇÃO FT 350 / CHASSI INTEIRO TUBULAR")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260721", "1033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260721", "PÁ CARREGADEIRA CATERPILLAR MOD. 924F ANO 1998 - OPERACIONAL")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260722", "1034")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260722", "[ VÍDEO ] MOTONIVELADORA CATERPILLAR MOD. 120B ANO 1984 - BOMBA BOSCH - OPERACIONAL")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260723", "1035")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260723", "[ VÍDEO ] PÁ CARREGADEIRA  MICHIGAN MOD. 75III ANO 1979 - OPERACIONAL")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260724", "1036")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260724", "RETROESCAVADEIRA CASE MOD.580L 4x4 TURBO ANO 1999")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>125.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262578", "1037")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262578", "[ VÍDEO ] PÁ CARREGADEIRA CATERPILLAR MOD. 966C  ANO 1997  - FUNCIONANDO ")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>165.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262579", "1038")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262579", "TANQUE IPACOL COM BOMBA ")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260672", "1039")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260672", "[ VÍDEO ] PÁ CARREGADEIRA FIATALLIS MOD. 1900B ANO 1982 - MOTOR MB - TRANSMISSÃO CLARK 28.000 ( 4 MARCHAS)")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260670", "1041")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260670", "[ VÍDEO ] RETROESCAVADEIRA NEW HOLLAND MOD. LB90 - ANO 2010 - TRAÇADA - 4X4")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>95.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260671", "1042")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260671", "[ VÍDEO ] MOTONIVELADORA FIATALLIS MOD. FG85 ANO 1990")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260673", "1043")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260673", "[ VÍDEO ] MINIESCAVADEIRA KUBOTA MOD.U30 ANO 2012 ")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>95.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262580", "1044")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262580", "MOTONIVELADORA FIATALLIS MOD. FG 85 ANO APROX. 1990  - COM RIPPER DIANTEIRO ")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>95.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260690", "1049")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260690", "[ VÍDEOS ] PÁ CARREGADEIRA CATERPILLAR MOD. 930C ANO 1984 ")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260697", "1050")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260697", "[ VÍDEO ] PÁ CARREGADEIRA MICHIGAN MOD. L30 ANO 1991 ")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>125.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260698", "1051")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260698", "[ VÍDEO ] ROLO COMPACTADOR  DYNAPAC MOD. CG11 - ANO APROX. 1990")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260699", "1052")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260699", "[ VÍDEO ] PÁ CARREGADERIA MICHIGAN MOD. 75III  ANO 1979 - TURBINADA / FREIO A AR")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>77.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260700", "1053")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260700", "[ VÍDEO ] TRATOR DE ESTEIRA KOMATSU MOD. D30 ANO 1979 -  EMBREAGEM / MOTOR M.BENZ 1113- ORIGINAL")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>82.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260701", "1075")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260701", "[ VÍDEO ] FORD F75. GASOLINA. ANO 1974")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260694", "1100")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260694", " ESCAVADEIRA KOMATSU MOD. PC200 ANO APROX. 2005 (01)")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260688", "1101")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260688", " ESCAVADEIRA KOMATSU MOD. PC200 ANO APROX. 2005 (02)")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260692", "1102")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260692", " ESCAVADEIRA CATERPILLAR MOD. 320C ANO APROX. 2004 (03)")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260689", "1103")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260689", " ESCAVADEIRA CATERPILLAR MOD. 320C ANO APROX. 2004 ( 04)")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260693", "1104")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260693", " ESCAVADEIRA CATERPILLAR MOD. 320C ANO APROX. 2004 (05)")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260696", "1105")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260696", " ESCAVADEIRA CATERPILLAR MOD. 320C ANO APROX. 2004(06)")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260687", "1106")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260687", " ESCAVADEIRA CATERPILLAR MOD. 320C ANO APROX. 2006(07)")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260695", "1107")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260695", " ESCAVADEIRA CATERPILLAR MOD. 320C ANO APROX. 2006")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260691", "1108")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/260691", " ESCAVADEIRA CATERPILLAR MOD. 320C ANO APROX. 2004(09)")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>