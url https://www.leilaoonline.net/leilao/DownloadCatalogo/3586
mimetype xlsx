--- v0 (2025-10-22)
+++ v1 (2026-03-26)
@@ -269,795 +269,699 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262269", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262269", " Tl 85 ano 2011")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>69.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262270", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262270", " Grade marca Baldan")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>44.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262274", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262274", " Pulverizador marca Ko")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262273", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262273", " Ensiladeira marca Nogueira")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262271", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262271", " Ensiladeira marca Jf 240")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262272", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262272", " Grade laranjeiras. 23 DISCOS")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262275", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262275", " Trator Massey Fergusson modelo 292 ano 2004 com redutor")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262276", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262276", " Esparramedeira de torta")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262280", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262280", " Carreta agrícola de 4 rodas com gaiola")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262278", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262278", " Grade niveladora de 44 discos de controle remoto")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262277", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262277", " Carreta de uso agrícola")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262279", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262279", " Guincho canarinho totalmente operacional")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262281", "015")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262281", " Sulcador de cana DMB. SEM USO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262284", "016")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262284", " Quebra lombo marca DMB. SEM USO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262283", "017")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262283", " Roçadeira São José ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262282", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262282", " Grade aradora marca tatu 16x34x340 sem uso")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262285", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262285", " Distribuidora de calcário tornado")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262286", "020")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262286", " Distribuidor")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262287", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262287", " Atomizador marca KO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262288", "022")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262288", " Grade 28x28 intermediária. Baldan")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262291", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262291", " Pulverizador 600 litros")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262289", "024")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262289", " Atomizador marca KO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...154 lines deleted...]
-      <c r="A18" s="5" t="inlineStr">
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262290", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262290", " Transbordo Sermag")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="B18" s="4" t="inlineStr">
-[...493 lines deleted...]
-      </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262292", "027")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262292", " Transbordo Sermag ano 2006")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>