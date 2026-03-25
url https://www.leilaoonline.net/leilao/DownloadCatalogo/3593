--- v0 (2025-12-20)
+++ v1 (2026-03-25)
@@ -269,763 +269,671 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262668", "030")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262668", "TOYOTA HILUX SW4 SRV 4X4; 2008/2008; COR PRETA; DIESEL - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262555", "035")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262555", "VW/GOL 1.6L MB5; 2019/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262559", "040")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262559", "veja o vídeo!! FIAT/DUCATO MAXI; 2001/2002; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262530", "045")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262530", "veja o vídeo!! TOYOTA/ETIOS SD X; 2014/2014; BRANCA; GASOL./ALCO./GNV - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262536", "050")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262536", "veja o vídeo!! CHEVROLET/S10 LT DD4A; 2013/2014; PRATA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>73.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262560", "055")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262560", "veja o vídeo!! CHEV/ONIX 10MT LT2; 2023/2024; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>43.750,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262563", "060")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262563", "veja o vídeo!! VW/FUSCA 1300 L; 1980/1980; VERDE; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262557", "065")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262557", "veja o vídeo!! RENAULT/DUSTER ICO16 CVT; 2020/2021; BRANCA; ALCO./GASOL. - FUNCIONANDO - FIPE: R$ 88.448,00")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262556", "075")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262556", "CHEVROLET S10 ADV FD2; MOD 2020; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>47.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262561", "080")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262561", "veja o vídeo!! I/LR FREELANDER 2 SE I6; 2008/2008; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262532", "085")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262532", "veja o vídeo!! HONDA/HR-V TOURING; 2018/2018; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>58.750,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262547", "090")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262547", "CHEVROLET SPIN LS; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262552", "097")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262552", "veja o vídeo!! VW/SANTANA 2000 MI; 1998/1999; CINZA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262565", "100")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262565", "FORD/DEL REY; 1983/1984; MARROM; ALCOOL - NÃO FUNCIONA")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262551", "105")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262551", "KIA SORENTO EX 2.5 VGT; 2008/2009; COR PRATA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262792", "107")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262792", "veja o vídeo!! I/GM CAPTIVA SPORT AWD; 2009/2010; PRETA; GASOLINA - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262554", "110")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262554", "CHEVROLET/ONIX 1.0MT LT; 2019/2019; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>25.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262550", "115")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262550", "veja o vídeo!! HONDA/CG 125 TITAN; 1996/1997; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262542", "120")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262542", "veja o vídeo!! I NISSAN FRONTIER S MTX4 4X4; MOD 2021; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>51.250,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262553", "125")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262553", "veja o vídeo!! PEUGEOT/BOXER M330M 23S; 2012/2013; PRETA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262564", "130")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262564", "I/DODGE JOURNEY SXT; 2010/2010; PRATA; GASOLINA - NÃO FUNCIONA")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262562", "135")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262562", "HYUNDAI/HB20S 1.6A PREM; 2014/2014; PRETA; ALCO./GASOL. - NÃO FUNCIONA")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262549", "140")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262549", "I/MINI COOPER; 2009/2010; BRANCA; GASOLINA - NÃO FUNCIONA")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>