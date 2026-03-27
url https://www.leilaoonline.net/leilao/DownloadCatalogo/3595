--- v0 (2025-10-10)
+++ v1 (2026-03-27)
@@ -269,6811 +269,5963 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264250", "1002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264250", " QUADRICICLO; ANO 2019. - FR11006025 - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264248", "1003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264248", " EMPACOTADORA; ANO 2015. - FR5003074. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>51.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264254", "1004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264254", " CARRETA ACUMULADOR FARDO - FR5003077 - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>3.600,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264241", "1009")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264241", "CARRETINHA - FR8003185 - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264251", "1010")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264251", " MOTOBOMBA - FR8004016 - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>21.100,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264237", "1011")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264237", "CARRETINHA - FR8003181 - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264256", "1012")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264256", " REBOQUE RANDON SP RQ CA, ANO 2011/2011 - AZUL - FR4048 - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264257", "1018")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264257", " CAMINHÃO VOLKSWAGEN 13.180 - ANO 2001/2001 - BRANCO - FR13001018 - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>41.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264253", "1020")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264253", " CAMINHÃO VOLKSWAGEN 13.180 - ANO 2001/2001 - BRANCO - FR13001016 - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>91.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264243", "1021")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264243", "REBOQUE RODOVIÁRIA SR CN PR, ANO 1992/1992 - VERDE - FR11004019 - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263528", "9018")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263528", "DISTRIBUIDOR SOLLUS 20.0 CHDT; ANO 2018. - FR45312. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264479", "10087")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264479", "CAMINHÃO VOLKSWAGEN CNC 6X4; ANO 2010/2010; BRANCA; (SEM MOTOR E CAMBIO);( CARROCERIA). - FR88170/ FR88606 - (VENDA SOMENTE PARA COMPRADORES DO ESTADO DE SÃO PAULO) - LOC. GASA")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262597", "10147")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262597", "PLANTADORA ANTONIOSI DT1102; ANO 2018. - FR20898. - LOC. SERRA")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264259", "10154")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264259", "PLANTADORA SERMAG SMI 14.000 MULTIFUNCIONAL 2 LINHAS. - FR122260. - ANO 2006 - LOC. BONFIM")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263510", "10362")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263510", " ENLEIRADEIRA FABRICAÇÃO PRÓPRIA. - FR140000. - LOC. RAFARD")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262625", "10390")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262625", "CARRETA ABRIGO ÁREA DE VIVÊNCIA PEQUENA; ANO 2012. - COR AZUL. - FR14004610. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>7.250,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262616", "10439")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262616", " PLANTADORA DE CANA PCP 6000; ANO 2012. - FR12003022. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264478", "10610")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264478", "CAMINHÃO VOLKSWAGEN 26.280 CRM 6X4; ANO 2014/2015; BRANCA; (SEM MOTOR);( ACOPLADO) . - FR90954/FR74506. (VENDA SOMENTE PARA COMPRADORES DO ESTADO DE SÃO PAULO) - LOC. GASA")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>68</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>98.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264264", "10611")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264264", "SULCADOR DMB. - FR57230. - LOC. PARAÍSO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>6.450,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264263", "10612")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264263", "SULCADOR DMB. - FR361804. - LOC. PARAÍSO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262601", "10771")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262601", " ENXADA ROTATIVA; ANO 2014. - FR81459. - LOC. BONFIM ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262664", "10806")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262664", "CAMINHÃO FORD CARGO 2622; ANO 2003/2003; BRANCA. (CARROCERIA  TANQUE) - (VENDA COM DOCUMENTO) - FR14001038. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>83.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262632", "10854")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262632", " PLANTADORA CANA ATA PCP1102; ANO 2012. - FR92830. - LOC. JUNQUEIRA")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262617", "10860")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262617", "CARRETA COMBOIO; ANO 2003. - FR92508. - LOC. JUNQUEIRA")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263516", "10868")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263516", "SEMI REBOQUE RODOLINEA RODOTQ 2E; ANO 2013/2013; (TANQUE VINHAÇA - DOLLY NÃO FAZ PARTE DO LOTE). - FR47882. - LOC. COSTA PINTO ")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263519", "10869")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263519", " SEMI REBOQUE GOYDO SRCAB PR02; ANO 2009/2009; AZUL;(TANQUE VINHAÇA E  IMP.DOLLY). - FR121918/FR10263. - LOC. COSTA PINTO ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>46.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263515", "10870")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263515", " SEMI REBOQUE RANDON SRBS IN; ANO 2012/2012; AZUL;(TANQUE VINHAÇA E IMP. DOLLY). - FR47118/ FR47881. - LOC. COSTA PINTO ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>71.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263517", "10871")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263517", " SEMI REBOQUE RANDON SRBS IN; ANO 2012/2012; AZUL;(SOMENTE TANQUE VINHAÇA - DOLLY NÃO FAZ PARTE DO LOTE ). - FR47880. - LOC. COSTA PINTO")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>62.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264034", "10876")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264034", "ÔNIBUS MERCEDES BENZ OF1315; ANO 1991/1991; BRANCA. - FR139302. - LOC. COSTA PINTO ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263522", "10877")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263522", " MOTO BOMBA OM 366 - A; ANO 2004. - FR50021. - LOC. COSTA PINTO ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263511", "10878")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263511", " CAMINHÃO VOLKSWAGEN EURO3 WORKER; ANO 2010/2010; BRANCA; (CARROCERIA/ IMPLEMENTO MUNCK). -  FR52489/FR57564/FR57513. - LOC. COSTA PINTO ")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>68</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>116.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263554", "10879")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263554", "CAMINHÃO MERCEDES BENZ AXOR 3344 6X4; ANO 2013/2013. - FR131235.- LOC. COSTA PINTO ")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>139</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>179.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263555", "10881")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263555", "REBOQUE RANDON SP RQ CA; ANO 2012/2013; CINZA ( VENDA S/ RODAS E S/ PNEUS) . - FR66198. - LOC. RAFARD")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>105.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263556", "10882")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263556", "SEMI REBOQUE RANDONSP SRCA CA; ANO 2012/2013; CINZA; ( VENDA S/ RODAS E S/ PNEUS). - FR66208. - LOC. RAFARD")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263523", "10885")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263523", " ENXADA ROTATIVA UNIVERSAL. - FR57324. - LOC. RAFARD")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263514", "10889")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263514", " TRATOR CASE PUMA 230 4X4; ANO 2017. - FR50951. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263520", "10892")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263520", " LOTE DE EQUIPAMENTOS LABORATORIAIS. - S/FR. - LOC. LEME")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262615", "10967")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262615", " ADUBADEIRA APLICADOR DE ADUBO. - S/FR. - LOC. PARAISO ")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262611", "10971")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262611", " SULCADOR CARDEROLI; ANO 2019. - FR122946. - LOC. PARAISO ")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>5.750,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262610", "10972")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262610", " SULCADOR CARDEROLI; ANO 2019. - FR436030. - LOC.PARAISO ")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262613", "10979")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262613", "IMPLEMENTO ADUBADEIRA  AGROMATÃO; ANO 2000. - FR136034. - LOC.PARAISO ")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262614", "10993")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262614", " TRATOR CASE 260; ANO 2017. - FR112219. - LOC.BARRA ")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263527", "11011")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263527", "APROX. 358 ITENS. REATOR; DISJUNTOR MOTOR; ADAPTADOR E27 E OUTROS; VEJA DESCRITIVO DE ITENS. -  LOC. CAARAPÓ")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262620", "11018")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262620", "EQUIPAMENTO DE AVIAÇÃO (1 VASO FILTRANTE VFA 1F29 E 1 EQUIPTO SEM ESPECIFICAÇÃO). - S/FR. - LOC. BASE ARAÇATUBA")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262621", "11019")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262621", "4 FILTROS EM Y (SENDO 1 FILTRO DE 2";  E 3 FILTROS DE 3"). - S/FR. - LOC. BASE ARAÇATUBA")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262622", "11020")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262622", "1 TANQUE DE DPD (1100 LITROS) . - S/FR. - LOC. BASE ARAÇATUBA")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262644", "11027")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262644", "TOYOTA/COROLLA XEI 20 FLEX; ANO 2016/2017. PRATA -(BLINDADO) - FR59635 - LOC. REGIÃO DE PIRACICABA")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>58.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262935", "11030")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262935", "CARROCERIA BORRACHEIRO; ANO 2012. - FR42330. - LOC. IPAUSSU ")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263529", "11031")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263529", "REDUTOR FLENDER PSDF260/450; ANO 2009. - PT 170583. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263530", "11032")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263530", "COMPREENSOR SCHULZ SRP 4050; ANO 2016. - PT 192604 / PT 192605. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263536", "11033")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263536", "CAMINHÃO SCANIA R113 E 6X4 360; ANO 1994/1994; BRANCA - (SEM MOTOR). - FR120747. - (VENDA SOMENTE PARA COMPRADORES DO ESTADO DE SÃO PAULO) - LOC. JATAI ")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263541", "11035")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263541", "LOTE DE 300 DETECTORES DE FUMAÇA SIEMENS. - S/FR. - LOC. CAR PIRACICABA")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264057", "11036")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264057", "SUCATA DE MANCAL, CONTENDO APROXIMADAMENTE 40 KG DE AÇO CARBONO E 20 KG DE BRONZE (LANCE POR KG) - LOC. TARUMÃ")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>72,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264202", "11037")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264202", "MOTOGERADOR A BIOGÁS - MARCA: JENBACHER; MODELO: JMS 616 GS-B.L - ANO 2022; POTÊNCIA ELÉTRICA: 2200  KW / TÉRMICA: 1151 KW - LOC.: BONFIM")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264203", "11038")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264203", "TRATOR MF DESMONTADO - FR13002011 -  ANO 2003 - LOC.: DOIS CÓRREGOS ")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264448", "11039")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264448", "TRANSBORDO MEGATEC 10.500T - ANO 2012 - FR4445184 - LOC. CAARAPÓ")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264449", "11040")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264449", "TRANSBORDO MEGATEC 10.500T - ANO 2012 - FR4445180 - LOC. CAARAPÓ")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>29.500,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264450", "11041")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264450", "TRATOR JOHN DEERE 7210J 4X4 - DESMONTADO, ANO 2016 - FR4435150 - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264451", "11042")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264451", "TRATOR JOHN DEERE 6180J - DESMONTADO, ANO 2016 - FR4435133 - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264598", "11043")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264598", "APROX. 25 RODAS E PNEUS SUCATEADOS. - S/FR. - LOC. UNIVALEM ")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264825", "11044")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264825", "MUNCK VEICULAR MOD H25000, ANO 2012, C/ CARROCERIA PRANCHA SERGOMEL 18000 KG, MOD CCP-01/669-12 (OBS: CAMINHÃO NÃO FAZ PARTE DO LOTE) - LOC. SANTA ELISA")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>87</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>111.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264826", "11045")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264826", "APROXIMADAMENTE 180 MOTORES DE DIVERSOS TAMANHOS/ 16 REDUTORES E 05 MOTOREDUTORES - (OS DEMAIS COMPONENTES NÃO FAZEM PARTE DO LOTE) - LOC.: SANTA ELISA")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>85</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>93.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264830", "11046")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264830", "LOTE CONTENDO 24 SUCATAS DE RODETES; EQUIVALENTES A 24.000 KG APROXIMADAMENTE - (VENDA POR KG) - (FOTO MERAMENTE ILUSTRATIVA) - LOC. SANTA HELENA ")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>26.400,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264831", "11047")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264831", "LOTE CONTENDO 18 SUCATAS DE RODETES; EQUIVALENTES A 18.000 KG APROXIMADAMENTE - (VENDA POR KG) - (FOTO MERAMENTE ILUSTRATIVA) - LOC. UNIVALEM")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264832", "11048")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264832", "LOTE CONTENDO 3 SUCATAS DE RODETES; EQUIVALENTES A 3.000 KG APROXIMADAMENTE - (VENDA POR KG) - (FOTO MERAMENTE ILUSTRATIVA) - LOC. MUNDIAL")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262624", "11525")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262624", " DISTRIBUIDOR DE ADUBO; ANO 2016. - FR11803017. - LOC. VALE DO ROSÁRIO ")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262618", "11526")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262618", " TRANSBORDO STA ISABEL;  ANO 2013. - FR11003693. - LOC. VALE DO ROSÁRIO ")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262603", "11529")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262603", " TANQUE DE FERRO. - S/FR. - LOC. VALE DO ROSÁRIO ")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263048", "11536")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263048", "CONJUNTO MÓVEIS P/ ESCRITÓRIO. - S/FR.- LOC. SANTA ELISA ")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263049", "11537")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263049", "SUCATA  DE CAMINHÃO MERCEDES BENZ 1718; ANO 2010/2011; BRANCA; (C/ BAÚ OFICINA FACHINNI). - FR14801204. - (VENDA S/ DOCUMENTO). - LOC. SANTA ELISA ")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>41.000,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263050", "11538")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263050", "SUCATA DE CAMINHÃO MERCEDES BENZ 1718; ANO 2010/2011; BRANCA. - (C/ BAÚ OFICINA JHC). - FR12801027. - ( VENDA S/ DOCUMENTO). - LOC. SANTA ELISA")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263051", "11539")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263051", "SUCATA DE CAMINHÃO MERCEDES BENZ 1718; ANO 2010/2011; BRANCA; (C/ BAÚ OFICINA JHC). - FR14801180. - (VENDA S/ DOCUMENTO). - LOC. SANTA ELISA ")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263052", "11540")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263052", "SUCATA DE CAMINHÃO MERCEDES BENZ 1718; ANO 2010/2011; BRANCA; (C/ BAÚ OFICINA JHC). - FR14801178. - ( VENDA S/ DOCUMENTO). - LOC. SANTA ELISA ")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>42.200,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263053", "11541")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263053", "SUCATA DE CAMINHÃO MERCEDES BENZ 1718; ANO 2010/2011; BRANCA; (C/ BAÚ OFICINA GASCOM). - FR12801028. - (VENDA S/ DOCUMENTO). - LOC. SANTA ELISA")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>36.300,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263054", "11542")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263054", "SUCATA DE CAMINHÃO MERCEDES BENZ 1718; ANO 2011/2012; BRANCA; (C/ BAÚ OFICINA GASCOM). - FR14801213. - ( VENDA S/ DOCUMENTO) . - LOC. SANTA ELISA ")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>44.200,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263056", "11543")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263056", "MOTOR TRATOR CASE. - S/FR. - LOC. SANTA ELISA ")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263532", "11544")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263532", "MOTOR TRATOR CASE. - S/FR. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263057", "11545")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263057", "TRATOR UNIPORTE 3030 JACTO MOD. 2500/24. - ANO 2003 - FR14002110. - LOC. SANTA ELISA ")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263059", "11546")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263059", "REDUTOR DE VELOCIDADE FALK DA ESTEIRA DE CANA PICADA. - PAT. RED-MB-0072. - LOC. MB")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263060", "11547")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263060", "ELETROIMÃ. - S/FR. - LOC. MB")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263061", "11549")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263061", "TRANSBORDO SANTA IZABEL TRIDEM 13T; ANO 2013. - FR13003156. - LOC. MB")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263062", "11550")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263062", "PLANTADORA DE TORTA. - S/FR. - LOC. VALE DO ROSÁRIO ")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263507", "11582")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263507", " REBOQUE FNV FRUEHAUF; ANO 1986/1986; AZUL; (TRANSBORDO). - FR81923-FR84763. - LOC. COSTA PINTO ")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262639", "11587")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262639", "LOTE DE 5 SUCATAS DE BOMBAS BB CEN INDSTEEL. - FR56309/255539/57596. - LOC.COSTA PINTO ")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262666", "11592")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262666", "BOMBA CENTRIFUGA VAZAO 400 M3H ENVIROTECH 8X8 SRC e REDUTOR. - FR57084 - 58937. - LOC. COSTA PINTO ")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263513", "11594")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263513", " LOTE DE 35 PECAS DE RTK JONH DEERE. - S/FR. - LOC. LEME")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262640", "11599")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262640", "LOTE DE EQUIPAMENTO INDUSTRIAL APROX. 2 BOMBAS, 7 REDUTORES CARCAÇAS .- FR327973-327962-327957-055544-259915-255534. - LOC. COSTA PINTO ")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262605", "11609")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262605", " CAÇAMBA PÁ DE CARREGADEIRA.- S/FR. - LOC. DESTIVALE ")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262662", "11610")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262662", " 2 TURBINAS CAIXA DE REDUÇÃO. - ANO 1982 - FR065260/FR226474. - LOC. DESTIVALE")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262663", "11618")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262663", " SUCATAS DE 3 PARTES DE CAIXA DE EVAPORAÇÃO. - S/FR. - LOC. UNIVALEM ")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262609", "11622")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262609", " TRATOR JOHN DEERE; ANO 2017. - FR84572. - (QUEIMADO). - LOC.UNIVALEM ")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262607", "11624")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262607", " 4 TANQUES DE IMPLEMENTO. - S/FR. - LOC. UNIVALEM ")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262608", "11626")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262608", " TRATOR CASE 235; ANO 2014. - FR23241. - LOC. UNIVALEM ")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262634", "11634")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262634", " BALANÇA MANUAL. - FR1175016. - LOC. JUNQUEIRA ")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262626", "11640")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262626", " REBOQUE FACCHINI; ANO 1995/1995; CINZA; C/TANQUE FIBRA; (VENDA SOMENTE PARA COMPRADORES DO ESTADO DE SÃO PAULO). - FR121291. - LOC. JUNQUEIRA")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262665", "11642")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262665", " REDUTOR FLENDER BAIXA ACION 5° TERNO. - FR312520. - LOC. JUNQUEIRA ")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262635", "11643")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262635", " 03 VALVULAS. - S/FR. - LOC. JUNQUEIRA ")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262633", "11644")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262633", " REDUTOR ZANINI. - FR312476. - LOC. JUNQUEIRA")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>3.400,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262631", "11645")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262631", " TORRE DE RESFRIAMENTO - DESMONTADA FALTANDO PEÇAS. - S/FR. - LOC. JUNQUEIRA ")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262630", "11646")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262630", " LOTE COM DIVERSAS PEÇAS SENDO REDUTOR, CARCAÇA REDUTOR, MOTOBOMBA, CONEXÕES DE AÇO (APROX 12 PEÇAS).- R310579/R225184/A9001955/A9001444. - LOC. JUNQUEIRA ")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>13.850,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262938", "11666")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262938", "SUCATA DE CONEXÕES EM AÇO CARBONO CONTENDO APROX. 90 T DE DIVERSOS MM, 18 CURVAS E 8 REDUÇÕES. - S/FR. - LOC. TARUMÃ")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264502", "11667")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264502", "COLHEDORA JOHN DEERE 3522 2L; ANO 2014. - FR91512. - LOC. GASA")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262940", "11690")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262940", "CAMINHÃO VOLKSWAGEN 8.120 EURO3 ; ANO 2010/2010; BRANCA  (ITENS SOBRE A CARROCERRIA DO VEÍCULO NÃO ESTÃO INCLUSOS NO LOTE). - FR91241. - LOC. DESTIVALE ")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>85.000,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262941", "11691")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262941", "CARROCERRIA COMBATE INCÊNDIO; ANO 2012. - FR91472. - LOC. DESTIVALE ")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264503", "11692")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264503", "COLHEDORA JOHN DEERE 3522 L; ANO 2015. - FRFR188014. - LOC. GASA")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262939", "11694")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262939", "CAMINHÃO VOLKSWAGEN 26.280 CRM 6X4; ANO 2014/2014; BRANCA; ( TANQUE). - FR91357. - LOC. DESTIVALE ")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>185</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>220.000,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262944", "11696")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262944", "CAMINHÃO VOLKSWAGEN 31.320 CNC 6X4; ANO 2010/2010; BRANCA; (CARROCERIA ). -  FR91234/FR91570. - LOC. UNIVALEM ")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>118</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>147.000,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262945", "11698")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262945", "TRATOR CASE MX 260 MAGNUM 4x4; ANO 2017. - FR23243. - LOC. GASA ")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>66.000,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262661", "11701")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262661", " CAMINHÃO VOLVO FM 500 6X4 T; ANO 2013/2013; BRANCA. - FR4415034. -  LOC.CAARAPÓ")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262660", "11702")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262660", " CAMINHÃO MERCEDES BENZ AXOR 3344 S 6X4; ANO 2016/2017; BRANCA. - FR4415052. - LOC. CAARAPÓ ")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>83</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>112.000,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262604", "11704")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262604", " CULTIVADOR; ANO 2017. - FR4445302. - LOC. CAARAPÓ ")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263533", "11732")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263533", "LOTE C/ APROX. 20 CAPÔ DE COLHEDORA; 01 CAIXA D'ÁGUA; 04 TANQUES DIVERSOS E 04 PRATELEIRAS DE FERRO. - S/FR. - LOC.JATAÍ")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264265", "11735")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264265", "TRATOR DE PNEU JOHN DEERE 7210 J 4X4; ANO 2016. - FR4435152 . - LOC. CAARAPÓ")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>79.000,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263535", "11736")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263535", "SUCATA 02 TRATOR DE PNEU JOHN DEERE 7230 J 4X4; ANO 2020. - FR163518/FR163517 - LOC. JATAI/GO")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>52.500,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262636", "11737")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262636", "SIMULADOR JOHN DEERE. - S/FR. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263537", "11740")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263537", "SUCATA DE COLHEDORA JOHN DEERE 3522 2L; 18 TON. APROX.; ANO 2013. - FR4002008. - LOC. JATAI/GO ")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263534", "11742")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263534", "02 SUCATAS DE COLHEDORA JOHN DEERE CH570 1 L; ANO 2016 E ANO 2018 - 8 TON. APROX. - FR163642/FR163652. - ( QUEIMADA ) . - LOC. JATAI/GO")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262638", "11743")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262638", "MOTO BOMBA MWM 6.12 TCA; ANO 2016. - FR4005663. - LOC. PASSATEMPO")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262637", "11747")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262637", "TRANSBORDO CIVEMASSA 10500; ANO 2011 . - FR47011. - LOC. PASSATEMPO ")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262670", "11804")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262670", "TRANSBORDO ATA -  ANO 2012 - FR123765 - LOC. BONFIM ")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262672", "11815")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262672", "TRANSBORDO ATA; ANO 2012. - FR22741. - LOC. BONFIM ")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262673", "11820")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262673", "TRANSBORDO ATA; ANO 2010. - FR93829. -  LOC. BONFIM ")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262674", "11821")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262674", "TRANSBORDO ATA; ANO 2010. - FR123740. - LOC. BONFIM ")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262675", "11822")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262675", "TRANSBORDO ATA;  ANO 2012. - FR123764. - LOC. BONFIM ")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262677", "11828")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262677", "TRANSBORDO ATA. - ANO 2010 - FR123794. - LOC. BONFIM ")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264121", "11900")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264121", " TRATOR JOHN DEERE 8260R - ANO 2012 - FR102786 - LOC.: DIAMANTE")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>105.000,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264128", "11901")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264128", "REBOQUE/ SERMATEC CI, ANO 1993/1993 - LARANJA (COM MOTOR E HIDRO-ROLL) - FR121130 - (VENDA SOMENTE PARA COMPRADORES DO ESTADO DE SÃO PAULO) - LOC.: DIAMANTE")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264127", "11902")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264127", " REBOQUE FNV - FRUEHAUF RCR, ANO 1992/1992 - VERDE - (TANQUE DE FIBRA) - FR96003 (VENDA SOMENTE PARA COMPRADORES DO ESTADO DE SÃO PAULO) - LOC.: DIAMANTE")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264141", "11903")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264141", "TRATOR CASE MAGNUM 235 - ANO 2014 - FR50935 - LOC.: DIAMANTE")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>72.500,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264137", "11904")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264137", " COLUNA DE INOX FERROSO 6 PARTES - S/FR - LOC.: DIAMANTE")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>35.500,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264125", "11905")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264125", " 1 REDUTOR - S/FR - LOC.: DIAMANTE")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264140", "11906")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264140", " 2 MÁQUINAS DE SOLDA - S/FR - LOC.: DIAMANTE")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264132", "11907")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264132", " TROCADOR DE CALOR - S/FR - LOC.: DIAMANTE")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>39.500,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
-      <c r="A144" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264142", "11908")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264142", " 1 PARTE CENTRIFUGA - 4 ROLO/ EIXO E 2 PARTES EQUIP./ BOMBA - S/FR - LOC.: DIAMANTE")</f>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264119", "11910")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264119", " 1 TANQUE DE FIBRA - S/FR - LOC.: SANTA CÂNDIDA")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264138", "11911")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264138", " 1 SULCADOR E 1 TANQUE VERDE HERBICIDA - FR20315/FR19954 - LOC.: SANTA CÂNDIDA")</f>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
-      <c r="A147" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264135", "11912")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264135", "1 ÁREA DE VIVÊNCIA - FR615403 - LOC.: SANTA CÂNDIDA")</f>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>9.750,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
-      <c r="A148" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264134", "11913")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264134", " 1 ÁREA DE VIVÊNCIA - FR20168 - LOC.: SANTA CÂNDIDA")</f>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>10.350,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
-      <c r="A149" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264126", "11914")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264126", " TRANSBORDO ANTONIOSI ATA 10500 - ANO 2010 - FR68037 - LOC.: SANTA CÂNDIDA")</f>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264133", "11915")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264133", " TRANSBORDO ANTONIOSI ATA 10500 - ANO 2010 - FR38356 - LOC.: SANTA CÂNDIDA")</f>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
-      <c r="A151" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264123", "11916")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264123", "TRANSBORDO CIVEMASA - FR4004108 - LOC.: SANTA CÂNDIDA")</f>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264124", "11917")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264124", " REBOQUE TECTRAN RCM F1F1 - ANO 1997/1997 - AZUL - (TANQUE DE FIBRA) - FR1098348 - LOC.: SANTA CÂNDIDA")</f>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
-      <c r="A153" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264136", "11918")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264136", "ESTRUTURA DE COBRIDOR CIVEMASA - FR426025 - LOC.: SANTA CÂNDIDA")</f>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>6.300,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
-      <c r="A154" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264130", "11919")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264130", " 15 PNEUS COM RODA - S/FR - LOC.: SANTA CÂNDIDA")</f>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264120", "11921")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264120", " CAMINHÃO SCANIA/ P124 CB 6X4 NZ 420, ANO 2005/2005 - BRANCO - FR19805 - (VENDA SOMENTE PARA COMPRADORES DO ESTADO DE SÃO PAULO) - LOC.: PARAÍSO")</f>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>69.000,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
-      <c r="A156" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264129", "11922")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264129", "SEMI REBOQUE RANDON SR CT, ANO 2008/2008 - AMARELO - S/FR - (PRANCHA) - (VENDA SOMENTE PARA COMPRADORES DO ESTADO DE SÃO PAULO) - LOC.: PARAÍSO")</f>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>86</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>115.000,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
-      <c r="A157" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264122", "11923")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264122", " CAMINHÃO VW 31.320 CNC 6X4 2008/2009 - FR19844 - (TANQUE DE AÇO) - (VENDA SOMENTE PARA COMPRADORES DO ESTADO DE SÃO PAULO) - LOC.: PARAÍSO")</f>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>106</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>168.000,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
-      <c r="A158" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264463", "11924")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264463", "TRATOR VALTRA BH 210. - ANO 2014 - FR106667. - LOC. BARRA ")</f>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>140.000,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
-      <c r="A159" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264461", "11926")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264461", " TRANSBORDO ATA 12000 - ANO 2012 - FR70635. - LOC.BARRA ")</f>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
-      <c r="A160" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264476", "11927")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264476", " TRANSBORDO ATA 12000 - ANO 2015 - FR102304. - LOC. BARRA")</f>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>23.500,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264475", "11928")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264475", "TRANSBORDO ATA. - ANO 2012 - FR70623. - LOC. BARRA")</f>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
-      <c r="A162" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264458", "11929")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264458", " TRANSBORDO ATA 12000 - ANO 2012 - FR47084. - LOC. BARRA")</f>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
-      <c r="A163" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264456", "11935")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264456", " TRANSBORDO ATA 10500 - ANO 2010 - FR102036. - LOC. BARRA")</f>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
-      <c r="A164" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264452", "11936")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264452", " TRANSBORDO ATA 10500 - ANO 2010 - FR101994. - LOC. BARRA ")</f>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
-      <c r="A165" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264472", "11937")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264472", " TRANSBORDO ATA 10500 - ANO 2010 -  FR101989. - LOC. BARRA ")</f>
       </c>
       <c r="C165" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
-      <c r="A166" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264454", "11938")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264454", " TRANSBORDO CIVEMASA TAC 10500 - ANO 2009 - FR8003051. - LOC. BARRA ")</f>
       </c>
       <c r="C166" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
-      <c r="A167" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264469", "11939")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264469", "TRANSBORDO CIVEMASA TAC 10500 - ANO 2009 - FR8003043. - LOC. BARRA ")</f>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E167" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
-      <c r="A168" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264465", "11940")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264465", "TRANSBORDO CIVEMASA TAC 10500 - ANO 2009 - FR8003044. - LOC. BARRA ")</f>
       </c>
       <c r="C168" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
-      <c r="A169" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264460", "11941")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264460", "TRANSBORDO CIVEMASA TAC 10500 - ANO 2009 - FR8003057. - LOC. BARRA ")</f>
       </c>
       <c r="C169" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
-      <c r="A170" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264474", "11942")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264474", " TRANSBORDO CIVEMASA TAC 10500 - ANO 2009 - FR1003008. - LOC. BARRA ")</f>
       </c>
       <c r="C170" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
-      <c r="A171" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264473", "11943")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264473", " TRANSBORDO ATA 12000 - ANO 2012 - FR47055. - LOC. BARRA ")</f>
       </c>
       <c r="C171" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D171" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
-      <c r="A172" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264455", "11944")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264455", " TRATOR CASE PUMA 200; ANO 2016. - FR512036. - LOC. BARRA")</f>
       </c>
       <c r="C172" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
-      <c r="A173" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264457", "11945")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264457", " TRATOR CASE PUMA 200; ANO 2016. - FR512040. - LOC. BARRA")</f>
       </c>
       <c r="C173" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
           <t>85</t>
         </is>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t>122.000,00</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
-      <c r="A174" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264477", "11946")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264477", " CAMINHÃO VOLKSWAGEN 31.320 CNC 6X4; ANO 2010/2010; BRANCA; (TRANSBORDO).  - FR96664/98672. - LOC. BARRA")</f>
       </c>
       <c r="C174" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
           <t>87</t>
         </is>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t>183.000,00</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
-      <c r="A175" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264464", "11947")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264464", " TRATOR CASE 235; ANO 2014. - FR100013. - LOC. BARRA")</f>
       </c>
       <c r="C175" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
-      <c r="A176" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264459", "11948")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264459", " CAMINHÃO VOLKSWAGEN 8.120 EURO3; ANO 2005/2006; BRANCA; (BAÚ). - FR96328. - LOC.BARRA")</f>
       </c>
       <c r="C176" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E176" s="5" t="inlineStr">
         <is>
           <t>86.000,00</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
-      <c r="A177" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264462", "11949")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264462", " TRATOR MASSEY FERGUSON - ANO 2006 - FR102754. - LOC.BARRA ")</f>
       </c>
       <c r="C177" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t>78.000,00</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
-      <c r="A178" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263598", "12012")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263598", " DOLLY RANDON; ANO 2008; ( VENDA SEM DOCUMENTO). - FR4451562. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C178" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
-      <c r="A179" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263611", "12013")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263611", " GRADE PESADA; ANO 2011. - FR4445156. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C179" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
-      <c r="A180" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263620", "12014")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263620", " 2 CLIMATIZADORES ADIABÁTICO; ANO 2009. - PT299105/ PT299170. - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C180" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E180" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
-      <c r="A181" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263607", "12015")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263607", " BALANÇA TOLEDO MOD.9500 CAP50KG; ANO 2008. - PT299114. - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C181" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D181" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E181" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F181" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
-      <c r="A182" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263621", "12016")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263621", " SUCATA DE CAIXA DE CANA PICADA. S/FR. - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C182" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D182" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E182" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F182" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
-      <c r="A183" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263601", "12017")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263601", " SUCATA DE CAIXA DE CANA PICADA. S/FR. - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C183" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D183" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E183" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F183" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
-      <c r="A184" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263617", "12032")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263617", " HIDRO ROLL HIRRIGABRASIL; ANO 2008. - FR5005101. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C184" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D184" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
-      <c r="A185" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263608", "12033")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263608", " PLANTADORA DE CANA TMA 2 LINHAS; ANO 2014. - FR140033. - LOC. CAARAPÓ ")</f>
       </c>
       <c r="C185" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E185" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
-      <c r="A186" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263610", "12034")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263610", " SEMI REBOQUE USICAMP SRCP E2 10000; ANO 2005/2005; AMARELA. - FR4451084. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C186" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
           <t>38.000,00</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
-      <c r="A187" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263602", "12035")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263602", " SEMI REBOQUE RANDON SR CA; ANO 1999/1999; AMARELA. - FR4451107. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C187" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D187" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E187" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
-      <c r="A188" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263603", "12036")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263603", " ROÇADEIRA RAC-1700 BALDAN; ANO 2021. - FR4445007. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C188" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D188" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E188" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F188" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
-      <c r="A189" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263614", "12037")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263614", " ROÇADEDIRA CIVEMASA RTCOAC; ANO 2020. - FR4445354. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C189" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D189" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E189" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F189" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
-      <c r="A190" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263609", "12038")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263609", "CARROCERIA TANQUE; FAB. PRÓPRIA. - ANO 2018 - FR4455200. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C190" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D190" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E190" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F190" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
-      <c r="A191" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263600", "12039")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263600", " CARROCERIA CANA INTEIRA; ANO 2003. - FR4450989. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C191" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D191" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E191" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F191" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
-      <c r="A192" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263619", "12040")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263619", " CARROCERIA CANA INTEIRA; ANO 2003. - FR4450992. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C192" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D192" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E192" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F192" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
-      <c r="A193" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263612", "12041")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263612", " CARROCERIA CANA INTEIRA; ANO 2003.- FR4450983. - LOC. CARAAPÓ")</f>
       </c>
       <c r="C193" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D193" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E193" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F193" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
-      <c r="A194" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263613", "12042")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263613", " CARROCERIA CANA INTEIRA; ANO 2010. - FR4455032. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C194" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D194" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E194" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F194" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
-      <c r="A195" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263599", "12043")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263599", " GRADE PESADA; ANO 2018. - FR4445328. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C195" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D195" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E195" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F195" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
-      <c r="A196" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263622", "12044")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263622", " GRADE INTERMEDIÁRIA; ANO 2007. - FR445018. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C196" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D196" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E196" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F196" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
-      <c r="A197" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263604", "12045")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263604", " DOLLY RANDON; ANO 2009; (VENDA SEM DOCUMENTO). - FR4451600. - LOC. CARAAPÓ")</f>
       </c>
       <c r="C197" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D197" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E197" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F197" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
-      <c r="A198" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263616", "12046")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263616", " SULCADOR; ANO 2008. - FR4445031. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C198" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D198" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E198" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F198" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
-      <c r="A199" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263618", "12047")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263618", " COBRIDOR 3 LINHAS DMB; ANO 2008. - FR4445033. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C199" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D199" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E199" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F199" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
-      <c r="A200" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263606", "12048")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263606", " GRADE PESADA; ANO 2018. - FR4445327. - LOC.CAARAPÓ")</f>
       </c>
       <c r="C200" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D200" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E200" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F200" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
-      <c r="A201" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A201" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263615", "12049")</f>
+      </c>
+      <c r="B201" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263615", " GRADE INTERMEDIARIA; ANO 2011. - FR4445168. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C201" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D201" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E201" s="5" t="inlineStr">
         <is>
           <t>5.250,00</t>
         </is>
       </c>
       <c r="F201" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
-      <c r="A202" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A202" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262641", "31313")</f>
+      </c>
+      <c r="B202" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262641", "PLANTADORA CANA PICADA 225 CV 17M 6TO; ANO 2013.- PT294454. - LOC. RIO BRILHANTE ")</f>
       </c>
       <c r="C202" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D202" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E202" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F202" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
-      <c r="A203" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A203" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262643", "31323")</f>
+      </c>
+      <c r="B203" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262643", "PLANTADORA CANA PICADA 225 CV 17M 6TO; ANO 2013.- PT294782. - LOC. RIO BRILHANTE ")</f>
       </c>
       <c r="C203" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D203" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E203" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F203" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
-      <c r="A204" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A204" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264501", "31501")</f>
+      </c>
+      <c r="B204" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264501", "TRATOR AGRI PNEU 240CV AT; ANO 2014. - FR90998. - LOC. GASA")</f>
       </c>
       <c r="C204" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D204" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E204" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F204" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
-      <c r="A205" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A205" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262629", "31755")</f>
+      </c>
+      <c r="B205" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262629", " ÁREA VIVENCIA PEQUENA 04 LUGARES; ANO 2012; COR AZUL. - FR13004206. - LOC. MB")</f>
       </c>
       <c r="C205" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D205" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E205" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F205" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
-      <c r="A206" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A206" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262936", "32195")</f>
+      </c>
+      <c r="B206" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262936", "GRADE NIVELADORA C/ 36 DISCOS; ANO 2011. - FR48152. - LOC. IPAUSSU ")</f>
       </c>
       <c r="C206" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D206" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E206" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F206" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
-      <c r="A207" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A207" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262678", "32221")</f>
+      </c>
+      <c r="B207" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262678", "SUCATA DE SEMI REBOQUE RANDON. - ANO 2010 - FR3186. - ( VENDA SEM DOCUMENTO) . - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C207" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D207" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E207" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F207" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
-      <c r="A208" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A208" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263526", "32229")</f>
+      </c>
+      <c r="B208" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263526", "2 BOMBAS DE VACOU; 2 BANHO MARIA; 1 MONITOR DELL 17"; 2 ODMOSES; 1 MICROONDAS; 1 IMPRESSORA HP; 1 PLASTIFICADORA GAZELA; 2 ESTUFAS SPENCER; 1 CENTRÍFUGA BABY. 1 MICRODESTILADOR; 1MILLIQ. - S/FR. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C208" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D208" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E208" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F208" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
-      <c r="A209" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A209" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262598", "32264")</f>
+      </c>
+      <c r="B209" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262598", "APROX. 100 PALETES; (LANCE POR UNIDADE). - S/FR. - LOC. ZANIN  ")</f>
       </c>
       <c r="C209" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D209" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E209" s="5" t="inlineStr">
         <is>
           <t>1,00</t>
         </is>
       </c>
       <c r="F209" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
-      <c r="A210" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A210" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262599", "32279")</f>
+      </c>
+      <c r="B210" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262599", "SUBSOLADOR; ANO 2012. - FR48104. - LOC. IPAUSSU")</f>
       </c>
       <c r="C210" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D210" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E210" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F210" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
-      <c r="A211" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A211" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262600", "32282")</f>
+      </c>
+      <c r="B211" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262600", "  20 BOMBAS COSTAL DE 20LTS; MARCA JACTO - SUCATEADAS. - S/FR. - LOC. IPAUSSU")</f>
       </c>
       <c r="C211" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D211" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E211" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F211" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
-      <c r="A212" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A212" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262602", "32284")</f>
+      </c>
+      <c r="B212" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262602", "RESERVATÓRIO PARA IMPLEMENTO AGRÍCOLA 550 LTS. - S/FR. - LOC. IPAUSSU")</f>
       </c>
       <c r="C212" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D212" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E212" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F212" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
-      <c r="A213" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A213" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263521", "32294")</f>
+      </c>
+      <c r="B213" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263521", " LOTE DE EQUIPAMENTOS LABORATORIO;REFRATÔMETRO MODELO AO MARK II 10483;  AGITADOR DE SOLUÇÕES  AP56; AGITADOR VORTEX AP-56/1;  ANALISADOR NIRFLEX SOLIDS; CENTRÍFUGA DE BANCADA MSEUK. -PAT. 315034-267387-197307-267382-173821. - LOC. COSTA PINTO ")</f>
       </c>
       <c r="C213" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D213" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E213" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F213" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
-      <c r="A214" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A214" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262606", "33202")</f>
+      </c>
+      <c r="B214" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262606", " REBOQUE FNC FRUEHAUF; ANO 1986/1986; AZUL; COM CARRETEL HIDRO ROLL. - FR81931/FR88924. - LOC. GASA (MODAL) ")</f>
       </c>
       <c r="C214" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D214" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E214" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F214" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
-      <c r="A215" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A215" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264480", "33339")</f>
+      </c>
+      <c r="B215" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264480", "TRATOR AGRI PNEU 240CV A TANO; ANO 2014. - FR90958. - LOC. GASA")</f>
       </c>
       <c r="C215" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D215" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E215" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F215" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
-      <c r="A216" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A216" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262736", "33413")</f>
+      </c>
+      <c r="B216" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262736", "COLHEDORA JOHN DEERE 3522. - ANO 2013 - FR9002021. - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C216" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D216" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E216" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F216" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
-      <c r="A217" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A217" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263063", "33559")</f>
+      </c>
+      <c r="B217" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263063", "PLANTADORA DE CANA ATA PCP 1102. ANO 2014 - FR92829. - LOC. JUNQUEIRA ")</f>
       </c>
       <c r="C217" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D217" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E217" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F217" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
-      <c r="A218" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A218" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262628", "33560")</f>
+      </c>
+      <c r="B218" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262628", " PLANTADORA CANA TMA 2 LINHAS; ANO 2014. - FR92867. - LOC. JUNQUEIRA")</f>
       </c>
       <c r="C218" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D218" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E218" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F218" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
-      <c r="A219" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A219" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262596", "33601")</f>
+      </c>
+      <c r="B219" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262596", "SEMI REBOQUE RANDON EQ CA; ANO 2008/2008; AZUL. - FR81979. - LOC. ZANIN ")</f>
       </c>
       <c r="C219" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D219" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E219" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F219" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
-      <c r="A220" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A220" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262619", "33823")</f>
+      </c>
+      <c r="B220" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262619", "PREPARADOR DE SOLO PENTA LIPOW; ANO 2014. - FR11003758. - LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C220" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D220" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E220" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F220" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
-      <c r="A221" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A221" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262627", "33833")</f>
+      </c>
+      <c r="B221" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262627", " DISTRIBUIDOR TORTA FILTRO E ADUBO DMB; ANO 2016. - FR11003810. - LOC. VALE DO ROSÁRIO ")</f>
       </c>
       <c r="C221" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D221" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E221" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F221" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
-      <c r="A222" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A222" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263680", "34033")</f>
+      </c>
+      <c r="B222" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263680", " APROX. 95.000 FRASCOS 500ML 68MM 2,4CM S TAMP BOC ROSC / TAMPAS P FR PP NAT CIRC S LOG. - S/FR. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C222" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D222" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E222" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F222" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>