--- v0 (2026-02-07)
+++ v1 (2026-03-25)
@@ -269,795 +269,699 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262735", "015")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262735", "veja o vídeo!! CHEVROLET/S10 LS FS2; 2012/2013; BRANCA; ALCO./GASOL. - FUNCIONANDO - APROX. 71.350KM")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262684", "020")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262684", "veja o vídeo!! HONDA/HR-V EXL CVT; 2021/2021; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>66.250,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262693", "025")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262693", "veja o vídeo!! NISSAN/KICKS SENSE CVT; 2023/2024; PRATA; ALCO./GASOL. - FUNCIONANDO - FIPE APROX.: R$ 104.158,00")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262705", "030")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262705", "FIAT/DUCATO COMBINATO; ANO 2001; SUCATA - FIM DE VIDA ÚTIL, SEM DIREITO A DOCUMENTO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262698", "035")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262698", "I/VOLVO XC60 3.0TDYNAMIC; 2011/2011; CINZA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262701", "040")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262701", "veja o vídeo!! FIAT/TORO FREEDOM AT6; 2019/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>51.250,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262697", "045")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262697", "veja o vídeo!! I/BMW M135I; 2015/2016; AZUL; GAS. - FUNC. - APROX. 47.000KM - FIPE R$ 195.072,00")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>131.750,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263004", "050")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/263004", "veja o vídeo!! RENAULT/DUSTER 16 D 4X2; 2011/2012; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262699", "050")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262699", "veja o vídeo!! HONDA/ELITE 125; 2022/2022; VERMELHA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262689", "055")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262689", "veja o vídeo!! I/HONDA CR-V EXL FLEX; 2014/2014; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>28.750,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262703", "060")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262703", "veja o vídeo!! CHEV/ONIX 10TAT LTZ; 2022/2023; BRANCA; ALCO./GASOL. - FUNC. - APROX. 10.900KM - FIPE APROX.: R$ 85.953,00")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>37.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262685", "065")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262685", "veja o vídeo!! RENAULT/SANDERO PR1616VA; 2011/2012; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262700", "070")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262700", "veja o vídeo!! KIA/SPORTAGE; 2013/2014; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262704", "075")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262704", "veja o vídeo!! I/HONDA CR-V EXL; 2008/2008; PRATA; GASOLINA - FUNCIONANDO - IPVA 2025 OK")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262686", "080")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262686", "veja o vídeo!! I/TOYOTA HILUX CD4X4 SRV; 2007/2008; PRETA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>51.250,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...15 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262687", "085")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262687", "veja o vídeo!! VW/GOL 1.0L MC4; 2019/2020; BRANCO; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262696", "090")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262696", "veja o vídeo!! VW/VOYAGE 1.6L MB5; 2020/2021; PRATA; ALCO./GASOL. - FUNCIONANDO ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262692", "095")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262692", "veja o vídeo!! I/NISSAN FRONTIER XE X4; 2021/2021; CINZA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>76.750,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262691", "100")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262691", "veja o vídeo!! CHEV/ONIX PLUS 10TAT PR2; 2022/2023; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>43.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262702", "105")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262702", "veja o vídeo!! TOYOTA/ETIOS HB XS 15 MT; 2017/2018; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262690", "110")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262690", "veja o vídeo!! I/M. BENZ SLK 250 CGI; 2014/2014; VERMELHA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>135.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>1750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262695", "115")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262695", "veja o vídeo!! HONDA/HR-V EX CVT; 2019/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>73.750,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...638 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262694", "120")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262694", "HONDA/FIT LXL; 2007/2008; DOURADA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262688", "125")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/262688", "veja o vídeo!! IVECO/DAILYCITY3813 VAN; 2006/2006; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>