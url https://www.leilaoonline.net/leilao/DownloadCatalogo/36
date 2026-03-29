--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,763 +269,671 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1316", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1316", " CAMINHÃO MB L2219; AMARELA; 1979/1979; DIESEL; PL.: BTR-9503; CH.: 34541312453471. ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1320", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1320", " GM KADETT IPANEMA (AMBULÂNCIA); BRANCA; 1996/1996; GASOLINA; PL.: GRD-4350; CH.: 9BGKA35GTTB435908. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1317", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1317", " SULCADOR ADUBADOR 02 LINHAS DMB; COM TERCEIRA CAIXA PARA ADUBO ESPECÍFICO; CAPACIDADE TOTAL: 780 KG; ANO: 2007.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1321", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1321", " GRADE ARADORA INTERMEDIÁRIA TATU CONTROLE REMOTO 20 X 28`` ; ESPAÇAMENTO: 270 MM; ANO: 1990.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1318", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1318", " TERRACEADOR TATU 14 X 26``; ESPAÇAMENTO: 400 MM; ANO 1990.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1319", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1319", " COLHEDORA SANTAL TANDEM; ANO: 2006. OBS.: MÁQUINA PAROU FUNCIONANDO.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1322", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1322", " COLHEDORA SANTAL TANDEM; ANO: 2006. OBS.: MÁQUINA PAROU FUNCIONANDO.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1323", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1323", " Unidade de passar HOT AIR. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1324", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1324", " Unidade de passar HOT AIR. ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1328", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1328", " Unidade de passar HOT AIR. ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1326", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1326", " Unidade de passar HOT AIR. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1325", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1325", " Unidade de passar HOT AIR. ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1327", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1327", " unidade mesa a vapor HOT AIR . ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1329", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1329", " Aprox.  89 peças de: Luminária 38/31 Classe CIE: B 500. INDICE DE PROTEÇÃO IP: 20 – DIAM.: 440X575X210  - Lâmpada HQI-E 400/D OSRAM. ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1330", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1330", " V.W.  Jetta 2.0 Confortilne Tiptronic, Automático, Banco de Couro, Teto Solar, ANO/MOD: 2012/2013,  CHASSI:  3VWDJ2167DM010568, MOTOR: CKJ022739, RENAVAM: 00492862141")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>35.750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1335", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1335", " BALANÇA RODOVIÁRIA , Mettler Toledo,  Modelo DIgital: 900i/820, 8 celular de carga. Capacidade: 80 Ton, Ativo:  33980-0 Identificação 027099")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...169 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...25 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1333", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1333", " FILTRO, Fabricante: Russell, Modelo: EF5020001, Pressão: 10BAR, Ativo: 033031, Faz parte do PAV 5572 (lava tachos não ativado)")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...281 lines deleted...]
-      <c r="F26" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1336", "020")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1336", " CAMARA DE ENSAIO DE CORROSÃO : Fabricante: Equiplastia, Modelo: EQ-30K, S/N: 17082, Tensão: 220V, Ano: 05/09   Ativo: 026526.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1334", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1334", " CAMARA DE ENSAIO DE CORROSÃO : Fabricante: Equiplastia, Modelo: EQ-40-SS-SUPER, S/N: 7083, Tensão: 220V, Ano: 10/94, Ativo: 026907 ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1337", "022")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1337", "  02  MISTURADORES  DE TINTAS, Fabricante: CPS COLOR (COROB), Modelo: CLEVER MIX 20 ST, S/N: D10M0568 e S/N: D10M0571. Tensão: 220V, Potência: 1200W, Ativo: 35215-0 Identificação: 027408   E  Ativo: 33910-0 Identificação: 027407 ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1338", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1338", " LOTE ÚNICO COM PEÇAS E EQUIPAMENTOS DE ALMOXARIFADO DIVERSOS.  CONF. RELAÇÃO ANEXO. ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1481", "024")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1481", "Lote com : Aprox. 200 m2 de MEZANINO  com Divisórias ( sem móveis )  DESMONTADO. ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-[...190 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1482", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1482", "Lote com :  APROX 100 M2 de MEZANINO  sem divisórias .DESMONTADO.")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>