--- v0 (2025-10-19)
+++ v1 (2026-03-26)
@@ -269,571 +269,503 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264601", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264601", " Duto de ar condicionado GM - 4 unidades")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264599", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264599", " Caixa de Ignição Honeywell - 2 unidades")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264600", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264600", " Caixa de Ignição Honeywell - 1 unidade")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264603", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264603", " Caixa de Ignição Honeywell - 2 unidades")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264604", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264604", " Anel de vedação/Juntas de motor de motocicleta - Aprox. 50 unidades")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264602", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264602", " Produtos diversos e variados - 1 kit")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264605", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264605", " Kit peças de ATS Laser/TSShara - 3 unidades")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264606", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264606", " Fontes Siet novas - 10 unidades")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264608", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264608", " Fontes Siet novas - 13 unidades")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264607", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264607", " Peças de selacards modelo 6037C - 14 unidades")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264609", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264609", " Aparelho Robert Juliet modelo cad 900 - 2 unidades")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264610", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264610", " Lente Noritsu modelo H018092 - 1 unidade")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264611", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264611", " Peça suporte de copo para painel GM não especificado modelo - 8 unidades")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264612", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264612", " Xuxinha/elastico de cabelo coloridas - Aprox. 7.200 unidades ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264613", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264613", " Xuxinha/elastico de cabelo coloridas - Aprox. 7.200 unidades")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264614", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264614", " Adaptador presta para pneus - Aprox.1 000 unidades")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264615", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/264615", " Fontes 12V por 3A - Aprox. 100 unidades")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>