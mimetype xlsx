--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,667 +269,587 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15737", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15737", " CAMINHÃO COMPAC. DE LIXO TOCO MEC. VOLKSWAGEN 17.180 2007 /2008 Pl: DZJ8676 CHASSI: 9BWC182TX8R810054 RENAVAM: 956103367 PREF. 2071672 EQUITRAN - RECICLER 20 m³")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>81</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>58.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15754", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15754", " CAMINHÃO TRUCADO AUT. VOLKSWAGEN 17.250E SEM EQUIP. 2010/2011 Pl: ISF4589 CHASSI: 9533N82T5BR120438 RENAVAM: 343744570 PREF. 210167")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15747", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15747", " CAMINHÃO COMPAC. DE LIXO TOCO MEC. VOLKSWAGEN 17.250E 2007/2008 Pl: DZJ8709 CHASSI: 9BWCN82T18R810866 RENAVAM: 945784058 PREF. 2071642 EQUIP: USIMECA -  DELTA  15 m³/ PREF.2071643")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>75</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>57.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15743", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15743", " CAMINHÃO TOCO AUT. VW 17.250E SEM EQUIP., ano:2011/2012,  Pl: IST5835 CHASSI: 9533N82T3CR213878 RENAVAM: 450468186 PREF. 211078")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15738", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15738", " CAMINHÃO COMPAC. DE LIXO TRUCADO MEC. VOLKSWAGEN 17.250E 2009 Pl: ELC2773 CHASSI: 9BWCN82T59R936201 RENAVAM: 157082172 PREF. 209106")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>73</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>56.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15751", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15751", " CAMINHÃO COMPAC. DE LIXO TRUCADO MEC. VOLKSWAGEN 17.250E 2007/2008 Pl: DZJ8695 CHASSI: 9BWCN82T58R809821 RENAVAM: 943890373 PREF. 2071532 EQUIP. USIMECA - BRUTUS 19 m³/PREF. 2071533")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>45.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15753", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15753", " PICADOR DE GALHOS VERMEER PICADOR DE GALHOS MOD BC1200XL 2014 PREF. 214052")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>101</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>60.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15750", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15750", " Barco Salvador")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15735", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15735", " TRANSFORMADOR 2000Kva 1998")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15749", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15749", " CROMATÓGRAFO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15733", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15733", "  Aprox 67 Cicleyas  ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15741", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15741", " EMPILHADEIRA")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15742", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15742", " REATOR DE PURIFICAÇÃO II AÇO INOX 316 2011 - peso : 3 ton. Cap. 15 m³ Dimen.: 2,30m Ø   X 3,70m  ( d Xh )")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15736", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15736", " REATOR DE PURIFICAÇÃO II AÇO INOX 316 2011 - peso : 3 ton. Cap. 15 m³ Dimen.: 2,30m Ø   X 3,70m  ( d Xh )")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15740", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15740", " SISTEMA DE EXAUSTAO COMPLETO SILVERSTONE 2012")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15734", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15734", " TESOURA HIDRAULICA MOD FC30 R 3 2012 ZATO FC 30 RII 2,74m COM SELA PRESSÃO DE CORTE DE 320bar")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>43.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15739", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15739", " ESMAGADOR DE 2 ROLOS MOD E700-2X5,5KW 2012 SILVERSTONE")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15752", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15752", " DECANTER CENTRIFUGO P/LODO MODELO D2L-E  INOX 2015       Johnson Screens")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>228</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>59.750,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15748", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15748", " MOINHO GRANULADOR HORIZONTAL SEIBT MGHS 2009 SEIBT Caract: Potencia: 75 CV ; 1775 RPM;  tensão de alimentação 380 V / 660 V.capacidade: 1,5ton/hora")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...233 lines deleted...]
-      <c r="F19" s="4" t="inlineStr">
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>111</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>30.250,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...318 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15745", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15745", " Aerador Aquapá (AERADOR PISC 2HP 220/380V) 2015 BERAQUÁ B-209 Moldado em peça única de HDPE (Polietileno de alta densidade. Totalmente estanque para serviço contínuo e resistente a exposição do sol, acidez - alcalinidade. O pega-mão é integrado na própria peça ; Encontra-se sem motor")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>