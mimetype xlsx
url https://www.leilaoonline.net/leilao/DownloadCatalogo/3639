--- v0 (2025-12-20)
+++ v1 (2026-03-25)
@@ -269,795 +269,699 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265156", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265156", " PÁ CARREGADEIRA CATERPILLAR MOD. 938F ANO 1997")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265154", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265154", " TRATOR DE PNEUS MASSEY FERGUSON MOD. 275 ANO 1984")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265155", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265155", " TRATOR DE PNEUS FORD/NEW HOLLAND MOD. MOD.4630 ANO 1994")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/266369", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/266369", "TRATOR VALTRA MOD. BM100 ANO 2004 -FUNCIOANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>78.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265164", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265164", " ESCAVADEIRA CATERPILLAR MOD. 336D ANO 2010")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>280.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/266370", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/266370", "MOTONIVELADORA CATERPILLAR MOD. 120H ANO 1997  - FUNCIOANDO/UNICO DONO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>190.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265158", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265158", " CARROCERIA DE MADEIRA MARCA MADEVALE")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265178", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265178", " IMPLEMENTO TANQUE AMARELO CAPACIDADE 2.000 LITROS ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265157", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265157", " IMPLEMENTO COMBOIO MARCA GASCON MOD. P62493A")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265161", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265161", " PERFURATRIZ MARCA LOMBARDI")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265163", "013")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265163", " 09 UN. ROLETES - JOHN DEERE MOD. CB1513326")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265165", "014")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265165", " 02 UN. PISTÕES PLANTADEIRA MB MARCA MOCDROL MOD. 4004084")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265166", "016")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265166", " 02 UN. PNEUS TRELLEBORG MOD. 710/70R38")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265160", "017")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265160", " 01 UN. PNEU TRELLEBORG MOD. 850/60R38")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265159", "018")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265159", " 02 UN. RODAS COLHEITADEIRAS MASSEY FERGUSON ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265162", "019")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265162", " 02 UN. RODAS DE TRATOR LINHA 700 MASSEY FERGUSON MOD. 6304287M91")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265167", "030")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265167", " ESCAVADEIRA KOMATSUMOD. PC200 ANO 2009")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>147.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265170", "031")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265170", " TANQUE JAFIP CAPAC. 9.000 LITROS ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265169", "034")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265169", " TANQUE CAPAC. 14.000 LITROS")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>5.400,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265173", "035")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265173", " COMPACTADOR PLANALTO ANO 2010")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265176", "036")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265176", " COMPACTADOR PLANALTO ANO 2010")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265174", "037")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265174", " COMPACTADOR PLANALTO ANO 2010")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265175", "040")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265175", " HYUNDAI /HR HDB ANO 2010/2011 - DIESEL - COR BRANCA")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265177", "043")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/265177", "CARROCERIA BORRACHARIA GASCOM ANO 2012")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>