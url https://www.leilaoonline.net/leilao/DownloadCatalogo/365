--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,987 +269,867 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15802", "44377")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15802", "  ESCAVADEIRA HIDRÁULICA FOTON FR220 7 ANO 2011 ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>52.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15788", "44898")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15788", "  REDUTOR CESARI 15CV MOTOR WEG 1755RPM ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15790", "44899")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15790", "  3 REDUTORES RINGCONE 0,33CV MOTOR WEG 1100RPM ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15789", "44900")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15789", "  REDUTOR RED-VAR 5CV MOTOR WEG 1720RPM ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15785", "44901")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15785", "  REDUTOR RED-VAR 3CV MOTOR WEG 1730RPM ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15805", "44903")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15805", "2  MOTORES DE PARTIDA ELÉTRICO WEG 2CV 1720RPM ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15797", "44904")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15797", "  REDUTOR RED-VAR 20CV MOTOR BUFALO 1760RPM ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15794", "44905")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15794", "  REDUTOR RED-VAR 4CV MOTOR WEG 1730RPM ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15787", "44906")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15787", "  REDUTOR RED-VAR 3CV MOTOR WEG 1710RPM ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15793", "44907")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15793", "  REDUTOR RED-VAR 4CV MOTOR WEG 1730RPM ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15801", "44908")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15801", "  REDUTOR RED-VAR 5CV MOTOR WEG 1730RPM ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15800", "44909")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15800", "  REDUTOR RED-VAR 10CV MOTOR WEG 1760RPM ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15786", "44910")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15786", "  REDUTOR BORG MAR 4CV MOTOR WEG 1730RPM ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15792", "44911")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15792", "  REDUTOR MACOPEMA 1,5CV MOTOR EBERLE 1750RPM ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15795", "44912")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15795", "  REDUTOR TRANSMOTÉCNICA 10CV MOTOR WEG 1750RPM ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15784", "44913")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15784", "  REDUTOR RED-VAR 15CV MOTOR WEG 1760RPM ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15803", "44914")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15803", "  MOTOR DE PARTIDA ELÉTRICO WEG 60 CV 1775 RPM ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15804", "44915")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15804", "  MOTOR DE PARTIDA ELÉTRICO WEG 60 CV 1770 RPM ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>3.300,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15806", "44916")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15806", "  EXAUSTOR WEG 12,5CV 1750RPM ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15796", "44997")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15796", "  MOTOR DE PARTIDA ELÉTRICO SEW-EURODRIVE 1CV 1710 RPM ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15807", "44998")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15807", "  MOTOR DE PARTIDA ELÉTRICO WEG W22 PLUS 60CV 1775RPM ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>3.400,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15808", "44999")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15808", "  MOTOR DE PARTIDA ELÉTRICO WEG W22 PLUS 40CV 3550 RPM ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>2.050,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15798", "45000")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15798", "  4 MOTORES DE PARTIDA ELÉTRICO SEW-EURODRIVE 60HZ 10CV MOTOR WEG 1755RPM ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15809", "45001")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15809", "  MOTOR ELÉTRICO DA BOMBA DE COMBUSTÍVEL WEG 1,5 CV 1125 RPM ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15810", "45002")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15810", "  MOTOR REDUTOR DA CORREIA TRANSPORTADORA SEW-EURODRIVE 5,5CV 1740RPM ")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15799", "45003")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15799", "  MOTOR REDUTOR DO MISTURADOR SEW-EURODRIVE 60HZ 40CV 1775RPM ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15791", "45004")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15791", "  MOTOR REDUTOR DO ELEVADOR USINA DE ASFALTO SEW-EURODRIVE 60HZ 11CV 1765RPM ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15783", "45005")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15783", "  MOTOR REDUTOR DA CORREIA TRANSPORTADORA SEW-EURODRIVE 5,5 CV 1740 RPM ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>1.550,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16207", "45040")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16207", "Conjunto de Bomba da Caldeira SULZER BROS e Redutor com Plaquetas VOITH")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>180.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16208", "45045")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16208", "Extrusora Sopradora Marca Davis 2005 ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>180.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>