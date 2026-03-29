--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,731 +269,643 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15839", "3054")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15839", " CELTA LIFE/ LS 1.0 MPFI 8V FLEXPOWER; PRATA; 2011; 2012; IPVA 2018 PAGO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>9.100,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15832", "3056")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15832", " GOL CITY (TREND) 1.0 MI TOTAL FLEX 8V 2P; PRATA; 2010; 2011 - IPVA 2018 PAGO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>6.850,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15835", "3057")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15835", " UNO MILLE 1.0 FIRE/ F.FLEX/ ECONOMY 2P; BRANCA; 2013; 2013 - IPVA 2018 PAGO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>6.550,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15844", "3059")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15844", " UNO MILLE 1.0 FIRE/ F.FLEX/ ECONOMY 2P; BRANCA; 2012; 2013 - IPVA 2018 PAGO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>7.150,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15837", "3275")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15837", " UNO VIVACE 1.0 EVO FIRE FLEX 8V 2P; BRANCA; 2014; 2015 - IPVA 2018 PAGO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>14.950,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15838", "3276")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15838", " UNO MILLE 1.0 FIRE/ F.FLEX/ ECONOMY 2P; BRANCA; 2012; 2013 - IPVA 2018 PAGO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>7.900,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15847", "3278")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15847", " UNO MILLE 1.0 FIRE/ F.FLEX/ ECONOMY 2P; BRANCA; 2012; 2013 - IPVA 2018 PAGO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>7.750,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15836", "3279")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15836", " CELTA LIFE/ LS 1.0 MPFI 8V FLEXPOWER; CINZA; 2011; 2012 - IPVA 2018 PAGO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15834", "3335")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15834", " UNO MILLE 1.0 FIRE/ F.FLEX/ ECONOMY 2P; BRANCA; 2012; 2013 - IPVA 2018 PAGO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>8.200,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15831", "3990")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15831", " CELTA LIFE/ LS 1.0 MPFI 8V FLEXPOWER; PRATA; 2011; 2012 - IPVA 2018 PAGO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>8.200,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15830", "3991")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15830", " CELTA LIFE/ LS 1.0 MPFI 8V FLEXPOWER; PRATA; 2012; 2013 - IPVA 2018 PAGO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16097", "6010")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16097", "CELTA LIFE/ LS 1.0 MPFI 8V FLEXPOWER; PRATA; 2011; 2012 - IPVA 2018 PAGO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>7.300,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15846", "6016")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15846", " CELTA LIFE/ LS 1.0 MPFI 8V FLEXPOWER 3P; PRATA; 2012; 2013 - IPVA 2018 PAGO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>8.200,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15840", "8217")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15840", " UNO MILLE 1.0 FIRE/ F.FLEX/ ECONOMY 2P; BRANCA; 2012; 2013 - IPVA 2018 PAGO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>7.150,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15841", "8219")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15841", " UNO MILLE 1.0 FIRE/ F.FLEX/ ECONOMY 2P; BRANCA; 2012; 2013 - IPVA 2018 PAGO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>7.300,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16209", "9155")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16209", "CHEVROLET CELTA LIFE/ LS 1.0 MPFI 8V FLEXPOWER; 2012; 21012; ALCO./GASOL.")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>8.350,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15833", "11514")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15833", " UNO MILLE 1.0 FIRE/ F.FLEX/ ECONOMY 2P; BRANCA; 2012; 2013 - IPVA 2018 PAGO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>7.600,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16210", "11517")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16210", "CHEVROLET CELTA LIFE/ LS 1.0 MPFI 8V FLEXPOWER; 2012/2012; ALCO/GASOL. - IPVA 2018 PAGO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>7.450,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15843", "12055")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15843", " CELTA LIFE/ LS 1.0 MPFI 8V FLEXPOWER; PRATA; 2011; 2012 - IPVA 2018 PAGO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>8.200,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15842", "12058")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15842", " UNO MILLE 1.0 FIRE/ F.FLEX/ ECONOMY 2P; BRANCA; 2012; 2013 - IPVA 2018 PAGO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>8.200,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15845", "12059")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15845", " UNO VIVACE 1.0 EVO FIRE FLEX 8V 2P; BRANCA; 2014; 2015 - IPVA 2018 PAGO")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16059", "21000")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16059", "SUCATA VW/NOVO VOYAGE 1.6 CITY, ANO 2013, PRATA")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>