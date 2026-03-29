--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,731 +269,643 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15858", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15858", " Transportador de correia Modular Taliscada ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15849", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15849", "PREÇO POR PEÇA. Aprox. 12.172 PEÇAS SEM USO de  diversas marcas: Caterpillar, Fiatallis, Komatsu, Massey Ferguson. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>43.819,20</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15848", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15848", "CARRETA PRANCHA MARCA FACCHINI, ANO E MODELO 2007, 03 EIXOS, RETA, RODA A DISCO COM 12 PNEUS 295 EM BOM ESTADO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>67.200,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16261", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16261", "Trator de esteira fiatallis AD7B desmontado, faltando peças e componentes")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15895", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15895", " Impressora plotter colorpainter v-64")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15851", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15851", " Desbobinadores de fios Megomat , Desbobinador de latão para estamparia NG automação - 3 Desbobinadores de latão manual ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15854", "010")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15854", " 2 Seladoras de caixa de papelão sem os cabeçotes")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15912", "012")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15912", " Embaladora seladora de pinos e plugues  - embrapac - tipo MPFT nº: 03D1 - 220 V")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15852", "013")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15852", " Aprox. 16  unidades de: Prensas excentricas / Martelos / Chavetas de Diversas Marcas")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15910", "015")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15910", " 2 Alimentadores de Materia Prima P/ Injetora")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15916", "016")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15916", " Lote com aprox. 5  Dispositivos Pneumaticos")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15918", "017")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15918", " Aprox. 8 Bombas Hidraulica de Diversas Marcas")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15892", "025")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15892", " Motor Assincrono 30 CV")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15913", "034")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15913", " Termoregulador TMR-M-9/220")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15853", "035")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15853", " Endireitador de Chapas")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15857", "036")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15857", " Endireitador de Chapas")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15917", "038")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15917", " Rebobinador")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15855", "040")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15855", " Máquina Soldadeira para Fios e Cabos")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15915", "043")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15915", " Dispositivo automático de soldar soquete (Estação de solda)")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15856", "045")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15856", " Picotador Granuladora")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...90 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15914", "047")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15914", " Secador")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...68 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...446 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15976", "056")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15976", "VW FOX 1.0 Ano 2007. Placa: final 2")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>