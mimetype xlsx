--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,2043 +269,1791 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16318", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16318", "SLB-010-2018 - PERFURATRIZ - ATLASCOPCO - T4BH - Ano: 2010 ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>290.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16320", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16320", "SSG-010-2018 - CARREGADEIRA - CATERPILAR - 938G - ANO: 2005 ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16113", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16113", "SLS-EQ-002-2018 - MINI CARREGADEIRA - CAT - 226B - ANO: 2011 - SERIAL / CHASSI: 0MWD00875")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>8.200,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16288", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16288", "BRU-GYG0560-2018 - CAMINHÃO BASCULANTE - VOLVO - FM 12 420 6X4 - ANO: 2004  PLACA: GYG-0560")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16319", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16319", "SSG-008-2018 - MINICARREGADEIRA- CARTEPILAR - 226B3 - Ano: 2013 VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>90</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16103", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16103", " 082-1220-2018 - TRATOR - CATERPILLAR - D8H - ANO: 1971")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>31.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16289", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16289", "BRU-TE1409-2018 - TRATOR DE ESTEIRA - KOMATSU - D375A - ANO: 2011")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16290", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16290", "AGLP-CA5579-2018 - FORA ESTRADA - CATERPILLAR - 777D - ANO: 2005")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>153</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>51.250,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16245", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16245", " MCR-014-2018 - ESCAVADEIRA -  MOD LIEBHERR 954 MOD.R954B - ANO: 2005")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16272", "012")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16272", " SLS-EQ-003-2018 - RETROESCAVADEIRA - CAT - 416 E - ANO: 2011 -")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>30.100,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16273", "013")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16273", " SSG-004-2801-2018 - ESCAVADEIRA - CAT - 336D L - ANO: 2010")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>70.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16279", "014")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16279", "SSG-005-2802-2018 - ESCAVADEIRA - CAT - 336D L - ANO: 2010 ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>54.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16280", "015")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16280", "SSG-007-2018 - PLATAFORMA ELEVATÓRIA - GENIE - Z-60/34 - ANO: 2004")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>197</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>63.250,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16101", "016")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16101", " 082-1219-2018 - EMPILHADEIRA - LINDE - H40T-04 - ANO: 2005")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16246", "017")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16246", " 082-1218-2018 - MINI-CARREGADEIRA - CATERPILLAR - 226B - ANO: 2013 ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>19.750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16247", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16247", "ITA-008-2018 - GUINDASTE - GUINDASTE MÓVEL TT865BE 65TON - TT865BE 65TON - ANO: 1996 - SERIAL / CHASSI: 87715")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>66</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16114", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16114", "SLS-EQ-006-2018 - FORNO DE GRELHA ROTATIVO - JUNG - MC21M1001")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16249", "020")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16249", "SLS-EQ-005-2018 - AMBULANCHA - F.MARINE - DESIG:1210135027; M:1A624587 - ANO: 2010 ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>136</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>63.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16274", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16274", " SLS-EQ-004-2018 - COMPRESSOR - DRESSER-WAYNE - NA - ANO: 1983")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16275", "022")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16275", " SLS-EQ-007-2018 - SLS-EQ-007-2018 - GUINDASTE GIRATÓRIO - DEMAG - D-TS 360 - ANO: 2012")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16281", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16281", " SLS-EQ-012-2018 - 4 ITENS - 2 MAQUINA DE LAVAR PEÇAS KARCHER HDS 7/16 E 2 MAQ E APAR MECÂNICOS ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>3.552,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16277", "024")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16277", " SSG-006-2018 -  GERADOR - MS GERADORES - PR 271 40KVA - ANO: 2007")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>8.450,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16102", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16102", " TIG-001-2018 - 8 CACAMBA COMPONENTE; COD SAP 15389255 ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>3.700,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16100", "026")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16100", " TIG-005-2018 - 81 ROLO TRANSPORTADOR CORREIA - VEJA DESCRITIVO DE ITENS -")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16276", "027")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16276", "SSG-009-2018 - TORRE DE ILUMINAÇÃO - INGERSOLL RAND - LINTSOURCE - ANO: 2008")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.850,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16104", "028")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16104", "TIG-002-2018 - 167 ITENS PLUGUES E LAMPADAS - VEJA DESCRITIVO DE ITENS -")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16278", "029")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16278", " SLS-MRO-002-2018 - 800 ITENS - 2 BARRA FIX E 788 DISPOSITIVO CO;200K-M-00001 DESENHO VALE")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16250", "030")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16250", "TIG-004-2018 -  84 PARTES E PEÇAS DE EMPILHADEIRAS - VEJA DESCRITIVO DE ITENS -")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16105", "031")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16105", "TIG-006-2018 - 33 VÁLVULAS, PLASTILHAS E OUTROS - VEJA DESCRITIVO DE ITENS -")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16321", "032")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16321", "SSG-014-2018 - COMPRESSOR DE AR PORTÁTIL FE-516C-26-1049 KAESER M45, ANO: 2009 - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16111", "033")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16111", "SLB-008-2018 - 1  ENGRENAGEM TAMBOR; APLICAÇÃO ESCAVADEIRA 7495 SERIE ; ER601521 MATERIAL AÇO CARBONO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16112", "034")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16112", "SLS-MRO-001-2018 - 790 ITENS BARRA E DISPOSITIVO CD - VEJA DESCRITIVO DE ITENS -")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16322", "035")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16322", "SSG-013-2018 - GERADOR - HEIMER - GEHP-678KVA - Ano: 2004 - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>195</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>34.850,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16098", "041")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16098", "GOV-018-2018 -1 FORNO ELÉTRICO DE ALIMENTOS - INDUSTRIAL - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16099", "044")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16099", "CDM-001-2018-1 CAFETEIRA ELETRICA INOX PPIENK 50LITROS ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16106", "046")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16106", "CDM-003-2018- 1 FRITADEIRA ELETRICA 90 LITROS, 02 BOJOS - PPIENK ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16107", "047")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16107", "CDM-004-2018- 1 CHAPA ELETRICA PEQUENA - 20 KGS ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16108", "048")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16108", "CKS-MRO-003-2018- 373 ITENS DIVERSOS-TERMORESISTENCIA  E OUTROS- VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16317", "049")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16317", "S11D-MRO-001-2018 - 1520 CINTAS DE ELEVAÇÃO - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16316", "050")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16316", "MCR_019_2018 - 32 TELA PENEIRA ;FORMATO DA MALHA:QUADRADA")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16109", "051")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16109", "OIA-017-2018- 160 ITENS DIVERSOS-ANEL COMPONENTE E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16110", "052")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16110", "OIA-018-2018- 90 ITENS DIVERSOS - CAIXA ROLAMENTO, ANEL   E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16315", "053")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16315", "CKS-MRO-006-2018 -  789 AVENTAL SEGURANCA; TIPO: SOLDADOR")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16115", "054")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16115", "TIG-008-2018 - 200 PARAFUSO 36MM 320MM METR. VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16116", "055")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16116", "TIG-009-2018 - ROLAMENTOS - OUTROS - ITENS: ACOPLAMENTO FLEXIVEL; TIPO: ELEMENTO ELASTICO...")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16119", "056")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16119", "MCR-015-2018 - 1252 ITENS - COMPONENTES DE VEDAÇÃO, COMPONENTES DE FIXAÇÃO - VEJA DESCRIÇÃO DETALHADA -")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16314", "057")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16314", "CKS-MRO-005-2018 - 17  TELA CJ COMPONENTE; APLICAÇÃO: EQUIPAMENTO METSO COD. SAP 15477026 ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16117", "058")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16117", "SLB-009-2018 - VALVULAS, CONEXÕES, COMPONENTES DE VEDAÇÃO E ELÉTRICOS")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16118", "059")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16118", "SSG-003-2018 - MRO - 4 VÁLVULA DE GUILHOTINA - SENDO 2  VÁLVULA GUILH 26POL FLANGE E 2 VÁLVULA GUILH 30POL FLANGE")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16292", "060")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16292", "BRU-675-2018 - 1 ESTAÇÃO TOPOGRÁFICA LEICA TCA 1800, ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16294", "061")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16294", "MCR-016-2018 - 299 UND. DE TELA  MATERIAL: BORRACHA")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16295", "062")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16295", "MCR-017-2018 - 20 UND. DE TELA; PENEIRA")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16297", "063")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16297", "MCR-018-2018 - 6 UND. DE TELA; MATERIAL: AÇO INOXIDÁVEL")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16323", "064")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16323", "SSG-011-2018 - 1270 PARAFUSOS DIVERSOS VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>2.450,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16324", "065")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16324", "CKS-MRO-007-2018 - 4 CINTA ELEVAÇÃO")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16325", "066")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16325", "CKS-MRO-008-2018 - 1700 ITENS DIVERSOS ")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16326", "067")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16326", "CPBS-001-2018 - 106 METROS CORREIA TRANSPORTADORA ST-1100/1400 (sobras)")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...692 lines deleted...]
-      <c r="E34" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16327", "068")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16327", "MCR-020-2018 - 37 ITENS DIVERSOS -RELES, PRESSOSTATO E OUTROS VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16328", "069")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16328", "MCR-021-2018 - 1100 ITENS DIVERSOS - PINOS, PORCAS E OUTROS VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16329", "070")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16329", "MCR-022-2018 - 31 DISCO DE FREIO")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16330", "071")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16330", "MCR-023-2018 - 12 ITENS CRUZETAS E CUBOS - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16331", "072")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16331", "MCR-024-2018 - 33 TUBOS DIVERSOS - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
-      <c r="F34" s="4" t="inlineStr">
-[...1214 lines deleted...]
-      </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16332", "073")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16332", "MCR-025-2018 - CONEXÕES, CONECTOR E OUTROS - VEJA DESCRITIVO DE ITENS")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>