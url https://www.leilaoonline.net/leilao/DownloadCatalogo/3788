--- v0 (2025-12-20)
+++ v1 (2026-03-25)
@@ -269,859 +269,755 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275146", "005")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275146", "PORTA DE VIDRO; MEDIDAS: 3,55M X 2.20M")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>10,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275143", "006")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275143", "PAINEL; MEDIDAS: 2M DE ALTURA X 3.95M DE COMPRIMENTO X 31CM DE PROFUNDIDADE")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>10,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275174", "007")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275174", "LOTE COM 13 PALETES")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>10,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275157", "010")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275157", "BANCOS DIANTEIROS DE HONDA CITY")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>10,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275165", "011")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275165", "BANCOS DIANTEIROS DE KOMBI")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>10,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275166", "012")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275166", "JOGO DE BANCOS HONDA FIT")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>10,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275167", "013")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275167", "BANCOS DIANTEIROS DE GOL")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>10,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275156", "015")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275156", "JOGO DE RODAS DE 5 FUROS COM PNEUS")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275155", "016")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275155", "JOGO DE 04 RODAS DE FERRO ARO 15 COM PNEUS MEDIDAS DIVERSAS")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>10,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275154", "017")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275154", "JOGO DE 05 RODAS DE FERRO ARO 14; DUAS RODAS COM PNEUS")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>260,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275153", "018")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275153", "JOGO DE RODAS DE FERRO COM ARO 15 MAIS 02 RODAS DE FERRO MEDIDAS DIVERSAS")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>10,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275152", "019")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275152", "JOGO DE RODAS DE FERRO COM PNEUS 205/70 ARO 15")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>10,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275151", "020")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275151", "JOGO DE 05 RODAS DE FERRO COM PNEUS ARO 13")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>260,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275150", "021")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275150", "JOGO DE RODAS TOYOTA HILUX")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>10,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275149", "022")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275149", "JOGO DE RODA C/ PNEUS DE S10; MARCA MONACO; MEDIDAS: 205/70R1594P")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>10,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275144", "025")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275144", "MOTOR PARCIAL ETIOS - COM NUMERAÇÃO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>10,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275145", "026")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275145", "BLOCO DE MOTOR DUCATO DIESEL - COM NUMERAÇÃO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>10,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275147", "030")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275147", "CONVERSOR DE TORQUE CÂMBIO AUTOMÁTICO FIAT TORO 1.8 FLEX 2020")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>10,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275148", "033")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275148", "CAIXA CÂMBIO AUTOMÁTICO SEM MIOLO - FIAT TORO 1.8 FLEX 2020")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>10,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275178", "035")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275178", "MICROONDAS MARCA GENERAL ELECTRIC")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>10,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275162", "040")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275162", "LOTE COM VÍDEO GAMES MASTER SYSTEM E ATARI 2600; ACOMPANHA JOGOS, CONTROLES E ÓCULOS")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>10,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275163", "041")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275163", "LOTE COM NOTEBOOK HP C/ FONTE CARREGADOR E SUPORTE; TABLET SAMSUNG, FONE DE OUVIDO JBL")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>10,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275160", "042")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275160", "LOTE COM APARELHOS ELETRÔNICOS (MAIS INFORMAÇÕES NAS ESPECIFICAÇÕES")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>10,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275161", "043")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275161", "LOTE COM 2 MONITORES PHILIPS E AOC; 1 CPU; 1 NOBREAK INTELBRAS; 1 IPAD")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>10,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275159", "044")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275159", "LOTE COM 2 VÍDEOS CASSETES LG COM TVS MONITORES SAFETY VIEW")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>10,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275164", "045")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/275164", "DISCMAN TOSHIBA")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>10,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>