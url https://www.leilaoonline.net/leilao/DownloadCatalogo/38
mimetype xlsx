--- v0 (2025-12-26)
+++ v1 (2026-03-30)
@@ -269,3419 +269,2995 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1602", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1602", " SUCATA DE IMPRESSORAS, DIVERSAS MARCAS E TIPOS, QUANTIDADE 120 PEÇAS")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1605", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1605", " SUCATA DE MICRO COMPUTADORES, MONITORES E EQUIPAMENTOS DE INFORMÁTICA - DIVERSAS MARCAS E MODELOS, QUANTIDADE 450 PEÇAS")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>116</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1601", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1601", " SUCATA DE ESTABILIZADORES, SUPORTES E RACKS - DIVERSAS MARCAS E MODELOS, QUANTIDADE 112 PEÇAS")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1604", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1604", " SUCATA DE CADEIRAS, DIVERSAS MARCAS, TIPOS E MODELOS, QUANTIDADE 240 PEÇAS")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1603", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1603", " SUCATA DE APARELHOS DE AR CONDICIONADO E VENTILADORES. DIVERSAS MARCAS,TIPOS E MODELOS, QUANTIDADE 100 PEÇAS")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>3.700,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1606", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1606", " SUCATA DE ARMÁRIOS DE AÇO VESTIÁRIO, ARQUIVOS DE GAVETA E MAPOTECA, QUANTIDADE 47 PEÇAS")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1607", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1607", " SUCATA DE APARELHOS ELETRÔNICOS, FAX, TV, MÁQUINAS FOTOGRÁFICAS DIGITAIS, APARELHOS DE SOM, CALCULADORAS, MÁQUINA DE ESCREVER E RETRO PROJETOR - DIVERSAS MARCAS E MODELOS, QUANTIDADE 57")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1608", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1608", " SUCATA DE MESAS, DIVERSOS TIPOS E MODELOS, QUANTIDADE 81 PEÇAS")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1611", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1611", " SUCATA DE CAVADEIRAS MANUAL, ESCADAS , CAVALETES , PLACAS DE SINALIZAÇÃO, CAPACETES, ALAVANCAS, MARRETAS E SUPORTE DE ESCADA PARA VEÍCULOS, QUANTIDADE 171 PEÇAS")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1609", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1609", " LOTE DE SUCATA DE PLÁSTICOS DIVERSOS - SEM PESO DEFINIDO.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1610", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1610", " SUCATA DE ALUMÍNIO, PESO APROXIMADO 600 KILOS")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>3.600,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1612", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1612", " SUCATA DE APARAS DE PAPEL E CAIXAS DE PAPELÃO - SEM PESO DEFINIDO.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>135</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>34.200,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1613", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1613", " SUCATA DE FERROS DIVERSOS - SEM PESO DEFINIDO.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1614", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1614", " SUCATA DE PEÇAS DE AÇO INOX, PESO APROXIMADO 520 KILOS")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1615", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1615", " SUCATA DE CARTUCHOS DE TINTA E TONNER PARA IMPRESSORAS, DIVERSAS MARCAS E MODELOS, QUANTIDADE APROXIMADA 1000 PEÇAS")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1619", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1619", " SUCATA DE PEÇAS PARA VEÍCULOS DIESEL, EIXO CARDAN, PLATÔ, DISCO, MOTOR DE PARTIDA, CUICA DE FREIO, ALTERNADOR, SERVO DA EMBREAGEM, BOMBA D'AGUA E CARRINHO, QUANTIDADE APROX 26 ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1616", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1616", " SUCATA DE PNEUS E BATERIAS. DIVERSAS MARCAS E MODELOS.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1617", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1617", " MOTOR DIESEL VOLVO B-58 ECO THD E CAIXA DE CAMBIO.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1618", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1618", " BANCADAS USADAS PARA OFICINA, MORSA, FURADEIRA DE IMPACTO E FERRAMENTAS DIVERSAS, QUANTIDADE 22 PEÇAS")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1620", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1620", " AR CONDICIONADO CENTRAL, QUANTIDADE 10 PEÇAS")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...15 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1623", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1623", " LOUÇAS SANITÁRIAS, CALHAS PARA LÂMPADAS FLORESCENTES, CAIXAS D'AGUA DE DESCARGA DE PLÁSTICO, ESCOVAS DE PITA CILINDRÍCA, QUANTIDADE 179 PEÇAS")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1621", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1621", " SUCATA DE BEBEDOUROS, AQUECEDOR DE MARMITA, FOGÕES, GELADEIRAS, EQUIPAMENTOS E ACESSÓRIOS PARA REFEITORIO - DIVERSAS MARCAS E MODELOS, QUANTIDADE 45 PEÇAS")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1624", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1624", " SUCATA DE COBRE COM IMPUREZAS E FIO DE COBRE CONTATO REDE AÉREA, PESO APROXIMADO 240 KILOS")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1622", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1622", " SUCATA DE TRANSPONDER HOLANDÊS E ACESSÓRIOS - QUANTIDADE APROXIMADA 1500")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1625", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1625", " DOIS MEZANINOS EM AÇO: 1 - MEDINDO - 6,5M PROFUNDIDA X 4,4M LARGURA X 6,0M. 2 - MEZANINO EM AÇO - MEDINDO - 15,0M PROFUNDIDADE X 5,0M LARGURA X 6,0M. LOCALIZADOS E INSTALADOS NA RUA IMPERATRIZ LEOPOLDINA , 928 , VILA LEOPOLDINA . DESMONTAGEM E CARREGAMENTO POR CONTA DO ARREMATANTE .")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>5.100,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1626", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1626", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO MERCEDES BENZ -O365 ANO, 1987, PLACA YA 3336 OBS: SUCATA SEM MOTOR E CAMBIO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1629", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1629", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO MERCEDES BENZ -O371, ANO 1989, BYG 0681 OBS: SUCATA SEM MOTOR E CAMBIO, CHASSI: 9BM364302KC064577")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1627", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1627", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 4446")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1628", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1628", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ,  ANO 1996, PLACA BYH 4447, CHASSI: 9BV558KJ10TE309713")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1631", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1631", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 4448")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1630", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1630", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 4450")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1632", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1632", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 4452")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1633", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1633", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 4454")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1634", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1634", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 4455")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1635", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1635", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 4457")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1636", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1636", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 5775")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1638", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1638", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 5777")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1637", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1637", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 5779")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1640", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1640", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 5794")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1639", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1639", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 5780")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1641", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1641", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 5781")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1642", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1642", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 5782")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1644", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1644", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 5784")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1643", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1643", " ÔNIBUS ELÉTRICO BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO TROLEBRUS SCANIA BR116 ANO CDL 7707")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1645", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1645", " ÔNIBUS ELÉTRICO BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO TROLEBRUS SCANIA BR116 ANO CDL 7756")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1646", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1646", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 5785")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1647", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1647", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 5786")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1648", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1648", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 5787")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1650", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1650", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 5789")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1649", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1649", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 5790")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1652", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1652", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 5791")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1651", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1651", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 5799")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1653", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1653", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 5801")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1654", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1654", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 5803")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1655", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1655", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 5806")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1656", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1656", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BHY 5809")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1657", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1657", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 5810")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1658", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1658", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 5811")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1659", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1659", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 5812")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1660", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1660", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 5813")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1662", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1662", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 5815")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1661", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1661", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 5817")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1666", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1666", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 5818")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1663", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1663", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 5817")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1664", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1664", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 5820")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1665", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1665", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 5821")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1668", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1668", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BYH 5826")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1669", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1669", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO VOLVO B58 ECO KJ ANO BHY 5828")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1667", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1667", " ÔNIBUS ELÉTRICO BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM TROLEBRUS CIFERAL CONTATOR ANO CDL 7585")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1670", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1670", " ÔNIBUS ELÉTRICO BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM TROLEBRUS CIFERAL CONTATOR ANO CDL 7586")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1672", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1672", " ÔNIBUS ELÉTRICO BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM TROLEBRUS CIFERAL CONTATOR ANO CDL 7596")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1671", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1671", " ÔNIBUS ELÉTRICO BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM TROLEBRUS CIFERAL CONTATOR ANO CDL 7615")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1676", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1676", " ÔNIBUS ELÉTRICO BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM TROLEBRUS CIFERAL CONTATOR ANO CDL 7616")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1673", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1673", " ÔNIBUS ELÉTRICO BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM TROLEBRUS CIFERAL CONTATOR ANO CDL 7656")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1674", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1674", " ÔNIBUS ELÉTRICO BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM TROLEBRUS CIFERAL CONTATOR ANO CDL 7715")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1675", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1675", " ÔNIBUS ELÉTRICO BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM TROLEBRUS CIFERAL CONTATOR ANO CDL 7716")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1681", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1681", " ÔNIBUS ELÉTRICO BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM TROLEBRUS CIFERAL CONTATOR, ANO 1982, PLACA CDL 7757, CHASSI: 19100050")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1687", "086")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1687", " ÔNIBUS ELÉTRICO BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO TROLEBRUS SCANIA BR116 ANO CDL 7636")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1686", "087")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1686", " ÔNIBUS ELÉTRICO BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO TROLEBRUS GEVISA GNM ANO CDL 2225")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1688", "088")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1688", " ÔNIBUS ELÉTRICO BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO TROLEBRUS GEVISA GNM ANO CDM 3086")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1690", "089")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1690", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO SCANIA K122 33 S, ANO 1985, PLACA HR 6204, CHASSI: 9BSKC4X2B034544166")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1689", "090")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1689", " VEÍCULO  VOLKSVAGEM KOMBI, BAIXA PERMANENTE NO DETRAN, SEM DIREITO A DOCUMENTO DESTINADO A SUCATA, ESTADO DE CONSERVAÇÃO RUIM OBS: SEM MOTOR E CAMBIO ANO 1978, PLACA: LE 1431, CHASSI: BH558348")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...25 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1691", "091")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1691", " VEÍCULO  VOLKSVAGEM KOMBI, BAIXA PERMANENTE NO DETRAN, SEM DIREITO A DOCUMENTO DESTINADO A SUCATA, ESTADO DE CONSERVAÇÃO RUIM,  ANO 79/80, COR BRANCA, PLACA LL 0634, CHASSI: BH626458")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...47 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1692", "092")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1692", " VEÍCULO  VOLKSVAGEM KOMBI, BAIXA PERMANENTE NO DETRAN, SEM DIREITO A DOCUMENTO DESTINADO A SUCATA, ESTADO DE CONSERVAÇÃO RUIM, ANO 1980, COR VERMELHA, PLACA: LL9414, CHASSI: BH 646644")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...36 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...15 lines deleted...]
-      <c r="D18" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1694", "093")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1694", " VEÍCULO  VOLKSVAGEM KOMBI, BAIXA PERMANENTE NO DETRAN, SEM DIREITO A DOCUMENTO DESTINADO A SUCATA, ESTADO DE CONSERVAÇÃO RUIM,  ANO 1984, PLACA: QA 1678, COR BRANCA, CHASSI: 9BWZZZ23ZEP013438")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...25 lines deleted...]
-      <c r="F19" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1693", "094")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1693", " VEÍCULO  VOLKSVAGEM KOMBI, BAIXA PERMANENTE NO DETRAN, SEM DIREITO A DOCUMENTO DESTINADO A SUCATA, ESTADO DE CONSERVAÇÃO RUIM, ANO 1985, COR: BRANCA, PLACA: QD 2305, CHASSI: 9BWZZZ23ZFP009484")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...25 lines deleted...]
-      <c r="F20" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1695", "095")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1695", " VEÍCULO  VOLKSVAGEM KOMBI, BAIXA PERMANENTE NO DETRAN, SEM DIREITO A DOCUMENTO DESTINADO A SUCATA, ESTADO DE CONSERVAÇÃO RUIM, ANO 1985, COR: BRANCA, PLACA: QD 3326, CHASSI: 9BWZZZ23ZFP014849")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...143 lines deleted...]
-      <c r="D25" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1696", "096")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1696", " VEÍCULO  VOLKSVAGEM KOMBI, BAIXA PERMANENTE NO DETRAN, SEM DIREITO A DOCUMENTO DESTINADO A SUCATA, ESTADO DE CONSERVAÇÃO RUIM, ANO 1985, COR: BRANCA, PLACA  QD 3346, CHASSI; 9BWZZZ23ZFP014856")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E25" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F25" s="4" t="inlineStr">
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-[...15 lines deleted...]
-      <c r="D26" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1699", "097")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1699", " VEÍCULO  VOLKSVAGEM KOMBI, BAIXA PERMANENTE NO DETRAN, SEM DIREITO A DOCUMENTO DESTINADO A SUCATA, ESTADO DE CONSERVAÇÃO RUIM ANO 1985, COR: BRANCA, PLACA QD 3376, CHASSI: 9BWZZZ23ZFP014859")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1697", "098")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1697", " VEÍCULO  VOLKSVAGEM KOMBI, BAIXA PERMANENTE NO DETRAN, SEM DIREITO A DOCUMENTO DESTINADO A SUCATA, ESTADO DE CONSERVAÇÃO RUIM ANO 1985, COR: BRANCA, PLACA: QD 3396, CHASSI: 9BWZZZ23ZFP014876")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E26" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F26" s="4" t="inlineStr">
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-[...25 lines deleted...]
-      <c r="F27" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1698", "099")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1698", " VEÍCULO  VOLKSVAGEM KOMBI, BAIXA PERMANENTE NO DETRAN, SEM DIREITO A DOCUMENTO DESTINADO A SUCATA, ESTADO DE CONSERVAÇÃO RUIM, ANO 1985, COR: BRANCA,  PLACA: QD 3386, CHASSI: 9BWZZZ23ZFP014870")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-[...47 lines deleted...]
-      <c r="D29" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1701", "100")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1701", " VEÍCULO  VOLKSVAGEM KOMBI, BAIXA PERMANENTE NO DETRAN, SEM DIREITO A DOCUMENTO DESTINADO A SUCATA, ESTADO DE CONSERVAÇÃO RUIM, ANO 1985, COR: BRANCA,  PLACA: QD 3406, CHASSI: 9BWZZZ23ZFP014880")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1702", "101")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1702", " VEÍCULO  VOLKSVAGEM KOMBI, BAIXA PERMANENTE NO DETRAN, SEM DIREITO A DOCUMENTO DESTINADO A SUCATA, ESTADO DE CONSERVAÇÃO RUIM, ANO 1985, COR: BRANCA, PLACA: QG 0166, CHASSI: 9BWZZZ23ZGP003132")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1703", "102")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1703", " VEÍCULO  VOLKSVAGEM KOMBI, BAIXA PERMANENTE NO DETRAN, SEM DIREITO A DOCUMENTO DESTINADO A SUCATA, ESTADO DE CONSERVAÇÃO RUIM, ANO 1987, COR: VERMELHA, PLACA: QZ 3508, CHASSI: 9BWZZZ23HP016511")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E29" s="5" t="inlineStr">
-[...36 lines deleted...]
-      <c r="F30" s="4" t="inlineStr">
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-[...25 lines deleted...]
-      <c r="F31" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1700", "103")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1700", " VEÍCULO  VOLKSVAGEM KOMBI, BAIXA PERMANENTE NO DETRAN, SEM DIREITO A DOCUMENTO DESTINADO A SUCATA, ESTADO DE CONSERVAÇÃO RUIM, ANO 1987, COR: BRANCA, PLACA: QZ 3568,CHASSI: 9BWZZZ23ZHP016515")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-[...89 lines deleted...]
-      <c r="F34" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1704", "104")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1704", " VEÍCULO  VOLKSVAGEM KOMBI, BAIXA PERMANENTE NO DETRAN, SEM DIREITO A DOCUMENTO DESTINADO A SUCATA, ESTADO DE CONSERVAÇÃO RUIM, ANO 1987, COR: VERMELHA, PLACA: QZ 3818, CHASSI: 9BWZZZ23ZHP016525")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-[...47 lines deleted...]
-      <c r="D36" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1705", "105")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1705", " VEÍCULO  VOLKSVAGEM KOMBI, BAIXA PERMANENTE NO DETRAN, SEM DIREITO A DOCUMENTO DESTINADO A SUCATA, ESTADO DE CONSERVAÇÃO RUIM, ANO 1987, COR BRANCA, PLACA: QZ 3998, CHASSI: 9BWZZZ23ZHP017167")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1709", "106")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1709", " VEÍCULO  VOLKSVAGEM KOMBI, BAIXA PERMANENTE NO DETRAN, SEM DIREITO A DOCUMENTO DESTINADO A SUCATA, ESTADO DE CONSERVAÇÃO RUIM, ANO 1987, COR: BRANCA, PLACA QZ 4058, CHASSI: 9BWZZZ23ZHP016600")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1708", "107")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1708", " VEÍCULO  VOLKSVAGEM KOMBI, BAIXA PERMANENTE NO DETRAN, SEM DIREITO A DOCUMENTO DESTINADO A SUCATA, ESTADO DE CONSERVAÇÃO RUIM, ANO 1990, COR: BRANCA, PLACA WK 1205, CHASSI: 9BWZZZ23ZLP005023")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1706", "108")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1706", " VEÍCULO ÔNIBUS DIESEL BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO MERCEDES BENZ 0365 ANO 1987, PLACA: YA 3576, CHASSI: 9BM364101HC058166")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E36" s="5" t="inlineStr">
-[...90 lines deleted...]
-      <c r="D39" s="4" t="inlineStr">
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1707", "109")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1707", " ÔNIBUS ELÉTRICO BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO TROLEBRUS SCANIA BR116, ANO 1982, PLACA CDL 7595, CHASSI: 19100083")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E39" s="5" t="inlineStr">
-[...479 lines deleted...]
-      <c r="E54" s="5" t="inlineStr">
+      <c r="E111" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
-      <c r="F54" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E55" s="5" t="inlineStr">
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1710", "110")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1710", " ÔNIBUS ELÉTRICO BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO TROLEBRUS SCANIA BR116, ANO 1982, PLACA: CDL 7587, CHASSI: 19100065")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
-      <c r="F55" s="4" t="inlineStr">
-[...762 lines deleted...]
-      <c r="E79" s="5" t="inlineStr">
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1712", "111")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1712", " ÔNIBUS ELÉTRICO BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO TROLEBRUS SCANIA BR116, ANO 1982 , PLACA: CDL 7605,  CHASSI: 19100071")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
-      <c r="F79" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E80" s="5" t="inlineStr">
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1714", "112")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1714", " ÔNIBUS ELÉTRICO BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO TROLEBRUS SCANIA BR116 ANO CDL 7625")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
-      <c r="F80" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E81" s="5" t="inlineStr">
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1715", "113")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1715", " ÔNIBUS ELÉTRICO BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO TROLEBRUS SCANIA BR116, ANO 1982, PLACA:CDL 7626, CHASSI: 19100084")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
-      <c r="F81" s="4" t="inlineStr">
-[...1086 lines deleted...]
-      </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1711", "114")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1711", " ÔNIBUS ELÉTRICO BAIXA PERMANENTE SEM DIREITO A DOCUMENTO, DESTINADO A RECICLAGEM MODELO TROLEBRUS SCANIA BR116, ANO 1982, PLACA: CDL 7635, CHASSI: 19100076")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>