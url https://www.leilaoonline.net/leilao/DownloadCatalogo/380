--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,2011 +269,1763 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16202", "4689")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16202", " 2 COLUNAS DE DESTILARIA APROX. 8 METROS, S/FR, UND PARAÍSO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>12.850,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16206", "4690")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16206", " TRANSBORDO MOTOCANA TBCP 12000, FR28754/655144, UND PARAÍSO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>8.050,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16192", "4691")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16192", " TRANSBORDO ATA, FR650528, UND PARAÍSO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>6.600,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16203", "4692")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16203", " TRANSBORDO MOTOCANA TBCP 12000, FR28753, UND PARAÍSO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>7.900,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16199", "4693")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16199", " REB/GUERRA AG CV, ANO 2007, FR957, PLACA EDA7583, UND PARAÍSO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>4.400,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16169", "4694")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16169", " R/RODOFORTSA RE 2E  8,20 M, ANO 2011, FR.., PLACA EDA8242, UND PARAÍSO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>73</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>13.550,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16197", "4697")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16197", " PRANCHA 2 EIXOS R/ RANDON SR CT, ANO 2011, FR970, PLACA EDA8251, UND PARAÍSO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>81</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>61.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16179", "4699")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16179", "R/RANDON RQ CA , ANO 2003, FR069, PLACA DBV9904, UND PARAÍSO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>9.250,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16155", "4700")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16155", " R/RANDON RQ CA 8,20 M, ANO 2002, FR.., PLACA DBV9802, UND PARAÍSO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>9.300,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16163", "4702")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16163", " R/RANDON RQ CA 8,20 M, ANO 2005, FR.., PLACA DKQ5612, UND PARAÍSO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>76</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16161", "4704")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16161", " 3 REBOQUE - PLACA BXO6073, PLACA DKQ5614, PLACA DBV9801, UND PARAÍSO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>10.250,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16165", "4705")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16165", "2 REBOQUES 8,20M,  FR.., PLACA BZW4993, PLACA DBV9903, UND PARAÍSO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>6.450,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16166", "4706")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16166", " 3 REBOQUE, PLACA DBV9784, PLACA BXO6078, PLACA EDA8234, UND PARAÍSO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>8.150,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16176", "4707")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16176", " REB/ TECTRAN RCM F1F1 8,20M, ANO1997,  FR.., PLACA BXO6075, UND PARAÍSO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16162", "4709")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16162", " 2 REBOQUE TECTRAN 8,20M, ANO...., FR.., PLACA BXO6076, PLACA BXO6077, UND PARAÍSO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>4.850,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16152", "4711")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16152", "  CASE 8800 COLHEDORA, ANO 2012, FR819, UND PARAÍSO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>23.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16200", "4712")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16200", " ELEVADOR AUTOMOTIVO, PATR.245136, UND PARAÍSO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>3.600,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16154", "4713")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16154", "  CASE 8800 COLHEDORA, ANO 2012, FR440121, UND PARAÍSO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16153", "4714")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16153", "  CASE 8800 COLHEDORA, ANO 2012, FR816, UND PARAÍSO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16147", "4715")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16147", "  CASE 8800 COLHEDORA, ANO 2012, FR810, UND PARAÍSO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16205", "4716")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16205", " CARROCERIA BAÚ ALUMINIO, FR65579, UND PARAÍSO")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16212", "4718")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16212", "CARRETA DE SERVIÇOS FABR. PRÓPRIA, S/FR, UND PARAÍSO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>1.050,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16139", "4720")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16139", "  CASE 8800 COLHEDORA, ANO 2011, FR23700, UND PARAÍSO")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>15.750,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16150", "4721")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16150", "  CASE 8800 COLHEDORA, ANO 2011, FR820, UND PARAÍSO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>26.250,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16137", "4722")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16137", "  CASE 8800 COLHEDORA, ANO 2011, FR814, UND PARAÍSO")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>31.775,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16201", "4723")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16201", " CARRETA DISTRIBUIDORA DE TORTA, FR361212, UND PARAÍSO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16151", "4725")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16151", "  CASE 8800 COLHEDORA SEM ELEVADOR, ANO 2012, FR818, UND PARAÍSO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16140", "4726")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16140", "  CASE 8800 COLHEDORA, ANO 2012, FR811, UND PARAÍSO")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16194", "4728")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16194", " CARRETA DE TORTA, FR17192, UND PARAÍSO")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16198", "4729")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16198", " CARRETA ABRIGO FAB.PRÓPRI, COR VERMELHA, FR1944, UND PARAÍSO")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16196", "4730")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16196", " CARRETA SERVIÇOS DIVERSOS, FR1908, UND PARAÍSO")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16193", "4731")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16193", " DOLLY RODOLINEA, S/FR, SEM DOCUMENTO, UND PARAÍSO")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>6.250,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16187", "4732")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16187", " CARRETA ABRIGO FAB.PRÓPRI, FR1943, UND PARAÍSO")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16181", "4733")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16181", " REBOQUE 2 EIXOVIBERTI (SEM DIREITO A DOCUMENTO), ANO...., FR.., UND PARAÍSO")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16204", "4734")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16204", " CARRETA COM COMPRESSOR ELÉTRICOE ABRIGO, S/FR, UND PARAÍSO")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16158", "4752")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16158", "FIAT/UNO WAY 1.0, ANO/MOD 2015/2016, FLEX, FR11037, PLACA FLI3280, UND PARAÍSO")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>16.750,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16143", "4754")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16143", " TRATOR MF 7180, ANO, 2012, FR19075, UND PARAÍSO")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>94</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>54.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16142", "4755")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16142", " VALTRA BH 185I, ANO 2011, FR30297, UND PARAÍSO")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>42.500,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16167", "4756")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16167", " VW/GOL 1.0 GIV , ANO/MOD 2013/2014, COR BRANCA, FLEX, FR4005, PLACA EYJ6524, UND PARAÍSO")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>8.200,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16149", "4757")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16149", " VALTRA BH 185I,  ANO 2011, FR19216, UND PARAÍSO ")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>43.500,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16160", "4758")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16160", "VW/GOL 1.0 GIV , ANO/MOD 2013/2014, COR BRANCA, FLEX, FR4009, PLACA EYJ6527, UND PARAÍSO")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>7.450,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16172", "4759")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16172", " VW/NOVA SAVEIRO CS, ANO/MOD 2013/2014, COR BRANCA, FLEX, FR4018, PLACA EYJ6535, UND PARAÍSO")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>11.650,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16180", "4760")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16180", "VW/GOL 1.0 GIV, ANO/MOD 2012/2013, COR BRANCA, FLEX, FR31624, PLACA EVQ4173, UND PARAÍSO")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>7.300,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16175", "4761")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16175", " FIAT/UNO WAY 1.0, ANO/MOD2015/2016, BRANCO, FLEX, FR11077, PLACA FPC2950, VEJA ESPECIFICAÇÕES, UND PARAÍSO")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>16.900,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16185", "4763")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16185", " CAMINHÃO VOLVO/FM12 420 6X4R, (VENDA SEM O TANQUE)... ANO2004, FR82015, PLACA DKA2023, UND PARAÍSO")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>43.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16189", "4764")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16189", " CAMINHÃO VOLVO/FM 440 6X4R, CAR. CANA PICADA, ANO/MOD 2008/2009, FR82067, PLACA CPG9183, UND PARAÍSO")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>51.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16156", "4765")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16156", " VW/NOVA SAVEIRO CS, ANO/MOD 2013/2014, FR20004, PLACA EYJ6537, UND PARAÍSO")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>13.950,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16168", "4766")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16168", "VW/KOMBI, ANO/MOD 2013/2014, COR BRANCA, FLEX, FR31649, PLACA EVQ4401, UND PARAÍSO")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>18.250,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16170", "4767")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16170", "VW/GOL 1.0 GIV, ANO/MOD 2013/2014, FR4007, PLACA EYJ6525, UND PARAÍSO ")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>8.350,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16195", "4768")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16195", " CAMINHÃO VW/26.260 E , VENDA SEM O TANQUE, ANO/MOD 2007/2008, FR19841, PLACA DTP8669, UND PARAÍSO")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16173", "4771")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16173", " VW/NOVA SAVEIRO, ANO/MOD 2013/2014, COR BRANCA, FLEX, FR20005, PLACA EYJ6536, UND PARAÍSO")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>15.850,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16186", "4773")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16186", " CAMINHÃO M.BENZ/AXOR 3344K6X4. CANA PICADA, ANO 2006, FR503, PLACA DTP8574, UND PARAÍSO")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>58.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16188", "4775")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16188", " CAMINHÃO VW/26.220, (VENDA SEM O TANQUE), ANO 2005, FR021, PLACA DKQ5625, UND PARAÍSO")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16145", "4776")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16145", "  CASE 8800 COLHEDORA, FR808, UND PARAÍSO")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>26.500,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16146", "4777")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16146", " VALTRA BH185, FR305421, UND PARAÍSO ")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>66</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>44.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16182", "4778")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16182", "FIAT/UNO WAY 1.0, ANO/MOD 2015/2016, COR BRANCA, FLEX, FR11078, PLACA FXW1270, UND PARAÍSO")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16183", "4779")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16183", " VW/KOMBI LOTACAO, ANO/MOD 2012/2013, COR BRANCA, FLEX, FR31617, PLACA EVQ4092, UND PARAÍSO")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>19.250,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16141", "4780")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16141", " VALTRA BH140,  ANO 2004, FR30261, UND PARAÍSO ")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>29.500,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16138", "4781")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16138", " VALTRA BH 185I, FR30291/294, UND PARAÍSO")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>66</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16211", "4782")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16211", "CARROCERIA CARGA SECA, S/FR, UND PARAÍSA")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16144", "4783")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16144", "  CASE 8800 COLHEDORA, FR817, UND PARAÍSO")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16551", "4784")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16551", "SUCATA DE TRANSFORMADOR, S/FR, UND PARAÍSO")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>