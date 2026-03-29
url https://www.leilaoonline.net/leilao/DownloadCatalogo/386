--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,667 +269,587 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16263", "3051")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16263", " CHEVROLET/CELTA 1.0L LS 3P, ANO 2011/2012, COR PRATA, FLEX ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>8.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16252", "3052")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16252", " CHEVROLET/CELTA 1.0L LS 3P, ANO 2011/2012, COR PRATA, FLEX POWER")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>8.600,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16259", "3053")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16259", " CHEVROLET/CELTA 1.0L LS 3P, ANO 2011/2012, COR PRATA, FLEX POWER")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>7.100,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16260", "3055")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16260", " FIAT/UNO MILLE 1.0  ECONOMY 2P, ANO/MOD 2012/2013 COR BRANCA, FLEX")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>8.400,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16271", "3058")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16271", " FIAT/UNO MILLE 1.0  ECONOMY 2P, ANO/MOD 2012/2013 COR BRANCA, FLEX")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16264", "3060")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16264", " FIAT/UNO MILLE 1.0  ECONOMY 2P, ANO/MOD 2012/2013 COR BRANCA, FLEX")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>7.850,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16265", "3277")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16265", " FIAT/UNO MILLE 1.0  ECONOMY 2P, ANO/MOD 2012/2013 COR BRANCA, FLEX")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>7.550,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16256", "6012")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16256", " CHEVROLET/CELTA 1.0L LS 3P, ANO 2011/2012, COR PRATA, FLEX ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16253", "6013")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16253", " CHEVROLET/CELTA 1.0L LS 3P, ANO 2011/2012, COR PRATA, FLEX ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>8.150,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16270", "6014")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16270", " CHEVROLET/CELTA 1.0L LS 3P, ANO 2011/2012, COR PRATA, FLEX ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>8.450,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16251", "6015")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16251", " CHEVROLET/CELTA 1.0L LS 3P, ANO/2012 2012/2012, COR PRATA, FLEX ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>8.300,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16255", "6018")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16255", " CHEVROLET/CELTA 1.0L LS 3P, ANO/2012 2012/2013, COR PRATA, FLEX ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>8.750,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16257", "6021")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16257", " CHEVROLET/CELTA 1.0L LS 3P, ANO/2012 2012/2013, COR PRATA, FLEX ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>8.450,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16269", "8218")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16269", " FIAT/UNO MILLE 1.0  ECONOMY 2P, ANO/MOD 2012/2013 COR BRANCA, FLEX")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>7.700,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16254", "12056")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16254", " FIAT/UNO MILLE 1.0  ECONOMY 2P, ANO/MOD 2012/2013COR BRANCA, FLEX")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>7.250,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16258", "12057")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16258", " FIAT/UNO MILLE 1.0  ECONOMY 2P, ANO/MOD 2012/2013 COR BRANCA, FLEX")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>6.950,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16268", "12060")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16268", " CHEVROLET/CELTA 1.0L LS 3P, ANO 2011/2012, COR PRATA, FLEX ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>7.250,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16266", "15113")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16266", " FIAT/UNO MILLE 1.0  ECONOMY 2P, ANO/MOD 2012/2013 COR BRANCA, FLEX")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>7.100,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16267", "15292")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16267", " FIAT/UNO MILLE 1.0  ECONOMY 2P, ANO/MOD 2012/2013 COR BRANCA, FLEX")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16333", "21000")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16333", "SUCATA VW/NOVO VOYAGE 1.6 CITY, ANO 2013/2013, PRATA - PLACA FJE-8386 - SEM DIREITO A DOCUMENTAÇÃO - FIM DE VIDA ÚTIL")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>