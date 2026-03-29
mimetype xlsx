--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,539 +269,475 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16309", "1152")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16309", "ÔNIBUS M.B./M.BENZ O 371 RS,ANO/MOD.1990/1991, COR BRANCA      ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16287", "1153")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16287", "CHEVROLET/ MONTANA LS , ANO/MOD 2014/2015- COMB. ALCO/GASOL, OBS. PAROU FUNCIONANDO        ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>14.550,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16291", "1154")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16291", "VW/GOL 1.0 GIV , ANO/MOD 2013/2014, COMBUSTIVEL:ALCO/GASOL -COR:BRANCA, OBS. PAROU FUNCIONANDO           ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>7.150,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16293", "1155")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16293", "FIAT/STRADA WORKING CD, ANO/MOD.2012/2013-COMBUS. ALCO/GASOL, COR PRATA , OBS. PAROU FUNCIONANDO        ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>73</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>24.250,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16296", "1156")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16296", "VW/GOL 1.0 GIV, ANO/MOD. 2012,COMB. ALCO/GASOL , COR: BRANCA, OBS. PAROU FUNCIONANDO        ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>5.650,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16298", "1157")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16298", "VW/GOL 1.6 POWER, ANO/MOD.2011/2012 ,COMBUST. ALCO/GASOL - COR BRANCA, OBS. PAROU FUNCIONANDO               ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>15.850,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16299", "1158")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16299", "VW/GOL CITY MB, ANO/MOD.2014/2015- COMB.ALCO/GASOL- COR BRANCA, OBS. PAROU FUNCIONANDO         ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>7.900,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16300", "1159")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16300", "VW/NOVA SAVEIRO CS, ANO/MOD.2014, COMB.ALCO/GASOL, COR: BRANCA, OBS. PAROU FUNCIONANDO               ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>17.400,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16301", "1160")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16301", "VW/SAVEIRO 1.6 CS, ANO/MOD.2012, COM.ALCO/GASOL, COR BRANCA, OBS. PAROU FUNCIONANDO           ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>15.650,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16302", "1161")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16302", "HONDA/NXR150 BROS ESD, ANO/MOD.2014, COMB.:ALCO/GASOL, COR VERMELHA")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>3.900,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16303", "1162")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16303", "HONDA/NXR150 BROS KS, ANO/MOD.2008, COMB.:GASOLINA , COR VERMELHA         ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16304", "1163")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16304", "HONDA/NXR150 BROS KS, ANO/ MOD. 2012- COMBUSTIVEL:ALCO/GASOL, COR PRETA")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>3.900,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16305", "1164")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16305", "HONDA/NXR150 BROS KS, ANO/MOD.2007/2008, COMB.GASOLINA, COR VERMELHA")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>2.050,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16306", "1165")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16306", "VW/GOL 1.0, ANO/MOD. 2010, COMBUSTIVEL:ALCO/GASOL, COR BRANCA-, OBS. PAROU FUNCIONANDO                 ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>7.900,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16307", "1166")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16307", "ÔNIBUS M.B./M.BENZ O 371 RS, ANO/MOD. 1990/1991    ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16308", "1167")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/16308", " VOLVO/NL12 360 4X2T EDC,ANO/MOD.1998   ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>