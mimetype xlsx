--- v0 (2026-02-07)
+++ v1 (2026-03-25)
@@ -269,1851 +269,1623 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288697", "2100")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288697", " MOTOCICLETA HONDA NXR 160 BROS ESDD - ANO 2017/2017 - AZUL - FR10131 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288700", "2101")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288700", " MOTOCICLETA HONDA NXR 160 BROS ESDD - ANO 2019/2019 - VERMELHA - FR10151 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288685", "2102")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288685", " MOTOCICLETA HONDA NXR 160 BROS ESDD - ANO 2017/2017 - AZUL - FR10133 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288723", "2103")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288723", " MOTOCICLETA HONDA NXR 160 BROS ESDD - ANO 2019/2019 - VERMELHA - FR10154 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288694", "2104")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288694", " MOTOCICLETA HONDA NXR 160 BROS ESDD - ANO 2019/2019 - VERMELHA - FR10156 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288686", "2105")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288686", " MOTOCICLETA HONDA NXR 160 BROS ESDD - ANO 2018/2018 - VERMELHA - FR10139 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288704", "2106")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288704", " MOTOCICLETA HONDA NXR 160 BROS ESDD - ANO 2019/2019 - VERMELHA - FR10153 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288692", "2107")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288692", " MOTOCICLETA HONDA NXR 160 BROS ESDD - ANO 2018/2018 - VERMELHA - FR10144 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288688", "2108")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288688", " MOTOCICLETA HONDA NXR 160 BROS ESDD - ANO 2019/2019 - VERMELHA - FR10157 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288689", "2109")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288689", " MOTOCICLETA HONDA NXR 160 BROS ESDD - ANO 2017/2017 - AZUL - FR10135 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288696", "2110")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288696", " MOTOCICLETA HONDA NXR 160 BROS ESDD - ANO 2019/2019 - VERMELHA - FR10148 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288698", "2111")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288698", " VEÍCULO RENAULT OROCH 16 4X2 - ANO 2019/2020 - BRANCO - FR11113 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288693", "2112")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288693", " VEÍCULO RENAULT OROCH 16 4X2 - ANO 2019/2020 - BRANCO - FR11116 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288702", "2113")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288702", " VEÍCULO RENAULT OROCH 16 4X2 - ANO 2019/2020 - BRANCO - FR11125 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288695", "2114")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288695", " VEÍCULO RENAULT OROCH 16 4X2 - ANO 2019/2020 - BRANCO - FR11111 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288707", "2115")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288707", " VEÍCULO RENAULT OROCH 16 4X2 - ANO 2019/2020 - PRATA - FR11120 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288691", "2116")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288691", " CAMINHÃO FORD F4000 MASCARELLO - ANO 2018/2019 - BRANCO - FR20071 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288705", "2117")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288705", " CAMINHÃO VOLKSWAGEN 31.260 E - ANO 2008/2008 - BRANCO - FR20001 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288690", "2118")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288690", " CAMINHÃO VOLVO VM 260 6X4R - ANO 2011/ 2011 - BRANCO - FR20060 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288701", "2119")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288701", " CAMINHÃO VOLKSWAGEN 31.320 CNC 6X4 - ANO 2008/2008 - BRANCO - FR20003 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288703", "2120")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288703", " ÁREA VIVÊNCIA ENERGIA SOLAR - FR60062 - ANO 2010 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288687", "2121")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288687", " ÁREA VIVÊNCIA ENERGIA SOLAR - FR60034 - ANO 2010 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288706", "2122")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288706", " ÁREA VIVÊNCIA ENERGIA SOLAR - FR60035 - ANO 2010 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288708", "2123")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288708", " ÁREA VIVÊNCIA ENERGIA SOLAR - FR60113 - ANO 2009 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288735", "2124")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288735", " TRATOR VALTRA A750 4X4 GI -  ANO 2010 - FR30065 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288729", "2125")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288729", " TRATOR JOHN DEERE 7185J - ANO 2011 - FR30080 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288728", "2126")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288728", " TRATOR JOHN DEERE 7815 - ANO 2010 - FR30050 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288699", "2127")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288699", " PULVERIZADOR JACTO NPK 3030 - ANO 2018 - FR30108 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288720", "2128")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288720", " CAMINHÃO VOLVO VM 270 6X4R - ANO 2014/2015 - BRANCO - FR20064 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288709", "2129")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288709", " CAMINHÃO VOLKSWAGEN 31.260 E - ANO 2008/2008 - BRANCO - FR20009 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288725", "2130")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288725", " CAMINHÃO IVECO EUROCARGO 260E25N - ANO 2011/2011 - BRANCO -FR20062 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288722", "2131")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288722", " CAMINHÃO VOLKSWAGEN 31.320 CNC 6X4 - ANO 2008/2008 - BRANCO - FR20002 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288710", "2132")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288710", " CAMINHÃO VOLVO VM 260 6X4R - ANO 2010/2010 - BRANCO - FR20050 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288711", "2133")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288711", " ARO TRAVAR RODAS  - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288730", "2134")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288730", " 1 TAMBOR DE FREIO CAMINHÃO - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288713", "2135")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288713", "  TESTE DE BICO INJETOR  - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288726", "2136")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288726", " RODAS PIVO - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288712", "2137")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288712", " RODA FREIO TRANSBORDO - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288714", "2138")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288714", " CAMINHÃO VOLVO VM 260 6X4R - ANO 2010/2010 - BRANCO - FR20054 - (VENDA SEM MOTOR / SEM CÂMBIO/ SEM TANQUE) - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288716", "2139")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288716", " REBOQUE PATENSE ONCA 25 - ANO 2016/2016 - CINZA - FR60173 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288738", "2140")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288738", " IMPLEMENTO MUNK - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288724", "2141")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288724", " TANQUE PIPA  - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288719", "2142")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288719", " PRANCHA BAIXA R LINEA 2E - ANO 2008 - FR50164 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288717", "2143")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288717", " ENFARDADORA LB34B CHALLENGER - ANO 2011 - FR60095 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288741", "2144")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288741", " ENFARDADORA LB34B CHALLENGER - ANO 2015 - FR60183 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288740", "2145")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288740", " ENFARDADORA 2270 CHALLENGER - ANO 2018 - FR60192 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288734", "2146")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288734", " PLANTADORA DE CANA PICADA DMB PCP 6000 - ANO 2009 - FR80008 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288733", "2147")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288733", " CAMINHÃO VOLKSWAGEN 26.260 E - ANO 2010/2010 - BRANCO - FR20029 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288737", "2148")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288737", " MOTOBOMBA VOLVO PENTA TAD722-VE - ANO 2010 - FR60049 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288732", "2149")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288732", " COLHEDORA JOHN DEERE CH570 - ANO 2019 - FR40038 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288715", "2150")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288715", " CARRETA AGRÍCOLA STARA REBOQUE 24000 - ANO 2011 - FR60075 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288721", "2151")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288721", " PLANTADORA DE CANA PICADA DMB PCP 6000 - ANO 2009 - FR80002 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288718", "2152")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288718", " CABINE DE COLHEDORA CH570 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288731", "2153")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288731", " 2 CARRETEIS DE CAMINHÃO PIPA - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288736", "2154")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288736", " COLHEDORA JOHN DEERE CH570 - ANO 2019 - FR40035 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288742", "2155")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288742", " ESTEIRA TRANSPORTADORA DE HERCULES STARA 15.00 - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288727", "2156")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/288727", "CARROCERIA DE CAMINHÃO - LOC. JOÃO PINHEIRO/ MG")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Aguardando</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>