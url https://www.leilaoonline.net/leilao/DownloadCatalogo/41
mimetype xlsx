--- v0 (2026-02-12)
+++ v1 (2026-03-30)
@@ -269,4155 +269,3639 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1949", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1949", " 082-974-2016 - WEG MOTOR - ANO: 2006 -    ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>71</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>12.350,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1948", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1948", " 082-995-2016 - EUROBRAS / TA13 - ANO: 2010 -     ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.850,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1945", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1945", " 082-990-2016 - LOADALL - JCB / SPL532001E - ANO: 2001 -     ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1946", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1946", " 082-998-2016  - ERGOP 8  - ANO: NA -     ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.550,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1927", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1927", " 082-940-2016 - VW/GOL 1.6 - ANO: 2000 - ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.650,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1932", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1932", " 082-965-2016 - CAÇAMBA RANDON - ANO: 2012 - ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>4.150,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1929", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1929", " CKS-041-2016 - PONTE ROLANTE VILLARES CAP 10 TON - ANO: 1985 - ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>5.550,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1931", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1931", " 082-936-2016 -  JUNGHEINRICH EKS 310 - ANO: 2006 -")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>3.150,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1928", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1928", " ITA-128-2016 - EMPILHADEIRA HYSTER/H155XL2 - ANO: 2000 - ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1930", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1930", " BRU-HMW0071 - MERCEDES BENS / ACTROS 4844 K - ANO: 2009 -")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>37.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1933", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1933", " MARI-CP70299-2016 - SCANIA - ANO: 2011 - ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1934", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1934", " MUT-CP20410-2016  - SCANIA P124C - ANO: 2007 - ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1935", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1935", " MUT-CP20442-2016 - SCANIA P124C - ANO: 2007 - ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1944", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1944", " AGL-CP70403-2016 - SCANIA/C-124 G470 - ANO: 2011 -   ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1947", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1947", " AGLP-CP70400-2016 - SCANIA/C-124 G470 - ANO: 2011 -   ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1950", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1950", " AGLP-CP70401-2016  - SCANIA/C-124 G470 - ANO: 2011 -   ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>36.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1953", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1953", " AGLP-CP70405-2016 - SCANIA/C-124 G470 - ANO: 2011 -   ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1954", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1954", " AGLP-CP70402-2016 - SCANIA/C-124 G470 - ANO: 2011 -   ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1955", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1955", " AGLP-CP70404-2016 - SCANIA/C-124 G470 - ANO: 2011 -   ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1951", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1951", " AGLP-CP70406-2016 - SCANIA/C-124 G470 - ANO: 2011 -   ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>24.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1952", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1952", " AGLP-CP70407-2016 - SCANIA/C-124 G470 - ANO: 2011 -   ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1956", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1956", " MUT-CP20455-2016 - SCANIA/P124 - ANO: 2007/2008 -   ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1957", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1957", " SIS- SUCATA DE VEICULO - 01 -SUCATA DE CAMINHÃO - ANO:   ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>85</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>10.200,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1958", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1958", " MUT-MBR20369-2016 - SCANIA P124C - ANO: 2006 -   ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>33.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1959", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1959", " MUT-MBR20400-2016 - SCANIA P124C - ANO: 2007 -   ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1961", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1961", " SLS-MWA7011_2016 - FORD/ CARGO 2428 E - ANO: 2006/2006 -   ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1963", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1963", " SLS-MWB6305_2016 - FORD/ CARGO 2428 E - ANO: 2006/2006 -   ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1962", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1962", " SLS-MWB6355_2016 - FORD/ CARGO 2428 E - ANO: 2006/2006 -   ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1967", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1967", " 082-994-2016 - FORD CARGO 2630 - ANO: 1998 -   ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>51.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1960", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1960", " JAG-CP5851-2016 - MERCEDES-BENZ ACTROSS 4844 - ANO: 2009/2010 -   ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1966", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1966", " GS_HEU6331_2016 - CAMINHÃO BASCULANTE MERCEDES BENZ ACTRIS 4844 8X4 - ANO: 2009/2010 -   ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1965", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1965", " GS_PVC2706_2016 - CAMINHÃO BASCULANTE SCANIA P124CB8X4NZ 420  - ANO: 2007 -   ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1964", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1964", " 082-992-2016 - MERCEDEZ BENZ L263554 - ANO: 1996 -   ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>44.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1968", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1968", " 082-978-2016 - POLIDIESEL - ANO: 1986 -   ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>4.150,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1969", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1969", " CKS-JWE7440-2016 - CAMINHAO TANQUE DE IRRIGACAO MERCEDES BENZ 1720A - ANO: 2003/2003 -   ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>25.200,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1939", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1939", " ITA-014-2016 -  MINI CARREGADEIRA FIAT ALLIS  - ANO: 2000 - ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1936", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1936", " BAOVALE-CA5459-2016 - CAMINHÃO FORA DE ESTRADA CATERPILLAR / 777C - ANO: 1995 - ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>8.250,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1938", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1938", " BAOVALE-PM3542-2016 - PÁ CARREGADEIRA CATERPILLAR / 992D - ANO: 1995 - ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1937", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1937", " MARI-CA5912-2016 - FORA DE ESTRADA CAT - ANO: 2004 - ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1940", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1940", " BAO-TE4015-2016 - CATERPILLAR / TRATOR DE ESTEIRA D8L - ANO: 1991 -")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>35.250,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1861", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1861", " (BAO-CA71-2016) - CAMINHÃO FORA DE ESTRADA CATERPILLAR / 777C - ANO: 1997 -   ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1857", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1857", " (BAO-CA72-2016) - CAMINHÃO FORA DE ESTRADA CATERPILLAR / 777C - ANO: 1997 -  ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1860", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1860", " (BAO-MN06-2016) - MOTONIVELADORA CATERPILLAR 140G - ANO: 1990 -   ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1858", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1858", " (BAO-PM49-2016) - PÁ CARREGADEIRA CATERPILLAR / 992D - ANO: 1997 -   ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1862", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1862", " BAO-TE4017-2016 - CATERPILLAR / TRATOR D8L - ANO: 1991 -   ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1859", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1859", " (BAO-TR19-2016) - CATERPILLAR / TRATOR DE PNEUS 824B -   ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1863", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1863", " (BRU-MN2002-2016) - CATERPILLAR / MOTONIVELADORA 16H - 275HP (L) - ANO: 2005  ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1864", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1864", " BRU-PM3601-2016 - CATERPILLAR / CARREGADEIRA DE PNEUS (MECANICA) - GRANDE PORTE 992G - ANO: 2003  ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1866", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1866", " BRU-PM6516-2016 - CATERPILLAR / CARREGADEIRA DE PNEUS (MECANICA) - GRANDE PORTE 990H - ANO: 2008  ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>49.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1865", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1865", " BRU-RE4206-2016 - VOLVO / RETROESCAVADEIRA HIDRAÚLICA EC360 BLC - ANO: 2007 -   ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>92.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1868", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1868", " CKS-JUQ7853-2015 - CAMINHÃO MEDIO BASCULANTE VOLVO FM12 420 6X4 HP - ANO: 2006 -   ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1867", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1867", " MARI-CA5463-2016 - CAMINHÃO FORA DE ESTRADA CAT - ANO: 1996 - ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1869", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1869", " MARI-CA5909-2016 - CAMINHÃO FORA DE ESTRADA CAT - ANO: 2004 -   ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1984", "056")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1984", "CKS-JUI7247-2016 -   MARCA / MODELO: CAMIONETA LAND ROVER / DEFENDER 110 SW5L BRANCA - ANO: 2002/2002")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1987", "057")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1987", " ITA 078-2016 - MOTOR COMPONENTE; PO;2256065 CATERPILLAR ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1988", "058")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1988", "ITA 091-2016 -  CONVERSOR COMPONENTE, TIPO TORQUE")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1989", "059")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1989", "ITA 099-2016 - MOTOR 3739862 CAT. ")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1990", "060")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1990", "SSG-018-2018 -  CAMINHONETE MITSUBISHI L200 - ANO: 2002 / 2003 ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1991", "061")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1991", "SSG-019-2016 - FIAT PALIO - ANO: 2005 / 2006")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2001", "063")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2001", " 082-967-2016  - RITIFICA TRUQUES - Ano: NA")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2002", "064")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2002", " 082-993-2016 - MARCA / MODELO: GM / S10 2.2S - ANO: 2000")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2003", "065")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2003", " MARI-020-2016 - 2 AQUECEDOR A GÁS.")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1999", "066")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1999", " ITA 083-2016 - MOTOR COMPONENTE, ")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2000", "067")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2000", " MARI-035-2016 - 4 FRITADOR ELÉTRICO. ")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1998", "068")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1998", " MARI-038-2016 - RADIADOR  CAT TRATOR D8L.")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2006", "069")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2006", " MARI-039-2016 - 31 MÓDULOS CANTILLEVER EM AÇO. ")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>4.050,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1870", "070")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1870", " MARI-CA5915-2016 - CAMINHÃO FORA DE ESTRADA CAT - ANO: 2005 -   ")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2009", "071")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2009", "GM/VECTRA SEDAN ELEGANCE, 2008/2009, ALCO/GASOL, COR PRATA. ")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1872", "085")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1872", " MARI-CA5919-2016 - CAMINHÃO FORA DE ESTRADA CAT - ANO: 2005 -   ")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1871", "106")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1871", " MARI-CA5922-2016 - FORA DE ESTRADA CAT - ANO: 2005 -   ")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1873", "107")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1873", " MARI-EP0514-2016 - EMPILHADEIRA HYSTER - ANO: 2006 -  ")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1878", "108")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1878", " MARI-LM0120-2016 - TORRE DE ILUMINAÇÃO GENIE / TML-4000N - ANO: 2007 -   ")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1879", "110")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1879", " MARI-LM0130-2016 - TORRE DE ILUMINAÇÃO INGERSOL RAND / LIGHTSOURCE - ANO: 2010 -   ")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1874", "111")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1874", " MARI-MN1102-2016 - MOTONIVELADORA CAT - ANO: 2001 -   ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1875", "112")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1875", " MARI-RE6410-2016 - ESCAVADEIRA CAT - ANO: 2009 -   ")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1876", "113")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1876", " MUT-TE3401-2016 - TRATOR DE ESTEIRA KOMATSU D275 - ANO: 2011 -   ")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1877", "115")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1877", " MARI-TE4309-2016 - TRATOR DE ESTEIRA KOMATSU - ANO: 2007 -   ")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1882", "116")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1882", " MARI-TE4412-2016 - KOMATSU - ANO: 2005 -   ")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1880", "117")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1880", " MUT-TE24406-2016 - TRATOR DE ESTEIRA KOMATSU D275 - ANO: 2009 -   ")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1885", "118")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1885", " MUT-TE24407-2016 - TRATOR DE ESTEIRA KOMATSU D275 - ANO: 2009 -   ")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1884", "119")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1884", " MARI- PE018-2016 - SIMPLEX  - ANO: 2004 -   ")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1881", "120")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1881", " MARI-PF0001-2016 - PERFURATRIZ ATLAS COPCO - ANO: 2008 -   ")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1883", "121")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1883", " MARI-PF0204-2016 - CHA660 - ANO: 1995 -   ")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1887", "122")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1887", " MARI-PF7305-2016 - PERFURATRIZ BUCYRUS - ANO: 2008 -   ")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1889", "123")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1889", " MARI-PM3113-2016 - PÁ CARREGADEIRA 994 F - CAT - ANO: 2005 -   ")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>59.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1886", "126")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1886", " MARI-PM3114-2016 - PÁ CARREGADEIRA CAT 994F - ANO: 2006 -   ")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1888", "127")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1888", " MARI-PM3552-2016 - PÁ CARREGADEIRA CAT - ANO: 1994 -   ")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1890", "128")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1890", " MARI-PM3653-2016 -  PÁ CARREGADEIRA 992G CAT - ANO 2005 - ")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>64</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>21.250,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1891", "129")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1891", " MARI-RE6403-2016 - ESCAVADEIRA CAT - ANO: 2007 -   ")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1892", "130")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1892", " MARI-RE6411-2016 - ESCAVADEIRA CAT - ANO: 2007 -   ")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1894", "131")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1894", " MARI-TE2302-2016 - TRATOR DE ESTEIRA KOMATSU - ANO: 2007 -   ")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1895", "132")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1895", " MARI-TE4301-2016 - TRATOR DE ESTEIRA KOMATSU - ANO: 2003 -   ")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1896", "133")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1896", " MARI-TE4305-2016 - TRATOR DE ESTEIRA KOMATSU - ANO: 2003 -  ")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1893", "134")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1893", " MARI-TE4307-2016 - TRATOR DE ESTEIRA KOMATSU - ANO: 2007 -   ")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1897", "135")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1897", " MARI-TE4308-2016 - TRATOR DE ESTEIRA KOMATSU - ANO: 2007 -  ")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1898", "136")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1898", " MARI-TE4310-2016 - TRATOR DE ESTEIRA KOMATSU - ANO: 2007 -   ")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1899", "137")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1899", " MARI-TE4406-2016 - TRATOR DE ESTEIRA KOMATSU - ANO: 2003 -   ")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1900", "138")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1900", " MARI-TE4410-2016 - KOMATSU - ANO: 2005 -   ")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1901", "139")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1901", " MARI-TP4801-2016 - TRATOR DE PNEUS KOMATSU - ANO: 2007 -   ")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1903", "140")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1903", " MARI-TP4802-2016 -TRATOR DE PNEUS KOMATSU - ANO: 2007 -   ")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1902", "141")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1902", " MARI-TP4803-2016 - PÁ CARREGADEIRA KOMATSU - ANO: 2007 -   ")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1905", "142")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1905", " MARI-TP4804-2016 - PÁ CARREGADEIRA KOMATSU - ANO: 2007 -   ")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1904", "143")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1904", " MUT-MBR24197-2016 - TRATOR DE ESTEIRA KOMATSU D275 - ANO: 2005 -  ")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1907", "144")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1907", " MUT-MBR24199-2016 - TRATOR DE ESTEIRA KOMATSU D275 - ANO: 2006 -    ")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1909", "145")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1909", " MUT-MBR24200-2016 - KOMATSU D275 - ANO: 2006 -   ")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1906", "146")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1906", " PIC-EM18144-2016 - ESCAVADEIRA HIDRAULICA 365CL - ANO: 2008 -  ")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1908", "147")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1908", " PIC-MBR24198-2016 - TRATOR DE ESTEIRA KOMATSU D275 - ANO: 2007 -  ")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1911", "148")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1911", " PIC-TE24408-2016 - TRATOR DE ESTEIRA KOMATSU D375 - ANO: 2006 -   ")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1913", "149")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1913", " SLS-01.F079108-2016 - TRATOR DE ESTEIRA CATERPILLAR - ANO: 1991 -  ")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1910", "150")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1910", " SLS-EQ-005_2016 - LAVADORA KARCHER -    ")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1915", "151")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1915", " SLS-EQ-F650334_2016 -THERMOSOLDA / 500 LE - ANO: 1998 -   ")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1912", "152")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1912", " SLS-NHB4953_2016 - MMC/ L200 4X4 GL - ANO: 2006/ 2007 -   ")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1914", "153")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1914", " ITA-123-2016 - ESCAVADEIRA SHOVEL, DEMAG, H485S - ANO: 1992 -   ")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1978", "154")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1978", " 082-989-2016 - CATERPILLAR / CAT0962H - ANO: 2010 -   ")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>175</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>33.850,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1977", "155")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1977", " GS_RE4004_2016 - RETROESCAVADEIRA CATERPILLAR 345CL 345HP (L) - ANO: 2004 -   ")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>47.000,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1975", "156")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1975", " SSG-017-2016 -MOTONIVELADORA ARTICULADA 16H TAG 6003  - ANO: 2005 -   ")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1979", "157")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1979", " MUT-MBR18122-2016 - LIEBHERR R964B - ANO: 2006 -   ")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1980", "158")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1980", " CKS-042-2016 - ROMPEDOR LIEBHERR RP0403 - ROMPEDOR   ")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1981", "159")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1981", " FAB-CT6103-2016 - HAULPAK 510E - ANO: 1993 -   ")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>5.650,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...25 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1985", "160")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1985", "PICO-013-2016 - CADEIRA  DE ESCRITÓRIO 10 PEÇAS APROX. ")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1986", "161")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1986", "ITA-054-2016 - FREEZER METALFRIO  ")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1992", "162")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1992", "MUT-049-2016  - TELEFONIA E IMPRESSORAS 20 ITENS APROX.")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1993", "163")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1993", "MUT-050-2016  - TELEFONIA, 20 ITENS APROX. ")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1994", "164")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1994", "MUT-053-2016 - NOTEBOOK  E TELEFONE 17 ITENS APROX.  ")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1995", "165")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/1995", "BRU-500-2016 - EQUIPAMENTO ELETRÔNICOS/FOTOS/TV, 18 ITENS APROX. ")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2004", "166")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2004", " 082-951-2016 - EQUIPAMENTO COZINHA INDUSTRIAL 5 ITEN APROX. ")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...25 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2007", "167")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2007", " 082-957-2016 - 5 ESTEIRA ERGOMÊTRICA COM SENSOR DE MÃOS. ")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...25 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2005", "168")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2005", " 082-958-2016 - 6 ESTEIRA ERGOMÉTRICA")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...3838 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2008", "169")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/2008", " 082-968-2016 - 2 ESTAÇÃO DE TRABALHO. LOC. VITÓRIA/ES")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>20,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>10.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>